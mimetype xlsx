--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -51,86 +51,86 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1014/pelom_01.2002.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1014/pelom_01.2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A_x000D_
 ALÍNEA "c", DO INCISO XVI, DO ARTIGO 85 E OS INCISOS II e_x000D_
 III DO PARÁGRAFO 20, DO ARTIGO 89, ACRESCENTANDO AS_x000D_
 ALÍNEAS "a", "b", "c", "d" E "e" AO INCISO II E AS ALÍNEAS "a"_x000D_
 E "b" AO INCISO III. REVOGA O INCISO XV DO ARTIGO 85 E_x000D_
 OS INCISOS VII e XIX, DO PARÁGRAFO 20, DO ARTIGO 89, BEM_x000D_
 COMO O ARTIGO 189 E SUA ALTERAÇÃO REGULAMENTADA_x000D_
 PELA EMENDA N° 08/99, TODOS DA LEI ORGÂNICA_x000D_
 MUNICIPAL.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>PELCM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1058/pelcm_01.2002.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1058/pelcm_01.2002.pdf</t>
   </si>
   <si>
     <t>A CÂMARA MUNICIPAL DE ITURAMA PROPÕE, APROVA E A MESA DIRETORA PROMULGA A SEGUINTE EMENDA À LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1059/pelcm_02.2002.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1059/pelcm_02.2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO XXXV, DO ART. 69,_x000D_
 E REVOGA O § 70 E SUAS LETRAS "A", "B", "C" e_x000D_
 "D", DO ART. 57, DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -439,67 +439,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1014/pelom_01.2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1058/pelcm_01.2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1059/pelcm_02.2002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1014/pelom_01.2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1058/pelcm_01.2002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2002/1059/pelcm_02.2002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="89.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="120.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>