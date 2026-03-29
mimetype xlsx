--- v0 (2025-12-11)
+++ v1 (2026-03-29)
@@ -54,2840 +54,2840 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA REALIZADO A DUPLICAÇÃO DA MG-255 E MG-497, ENTRE ANTIGO_x000D_
 LEILÃO ATÉ POSTO CARLITO, COM EXTENSÃO ATÉ A USINA CORURIPE. COM CONSTRUÇÃO DO_x000D_
 TREVO E PASSARELA NO AEROPORTO, E ADEQUAÇÃO DOS TREVOS DO POSTO PAMPLONA E_x000D_
 PARQUE DE EXPOSIÇÕES COM PASSARELA, PARA MELHOR ATENDER A POPULAÇÃO DE_x000D_
 ITURAMA E REGIÃO.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>APOIO A FACULDADE ALDETE MARIA ALVES (FAMA) COM MAIS CURSOS_x000D_
 PARA A POPULAÇÃO DE ITURAMA E REGIÃO.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DE TODAS AS PRAÇAS DE ITURAMA E ALEXANDRITA, COM_x000D_
 QUIOSQUE, BANHEIROS, ILUMINAÇÃO, ÁREA VERDE, LIXEIRAS, PARQUE INFANTIL, ACADEMIA_x000D_
 AO AR LIVRE, CONSTRUÇÃO DE MESAS DE CONCRETOS PARA APOSENTADOS SE_x000D_
 CONFRATERNIZAREM, PARA MELHORIA DE LAZER DA POPULAÇÃO DE ITURAMA E ALEXANDRITA.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCENTIVAR O COMÉRCIO LOCAL PARA SUPRIR A DEMANDA DO DESEMPREGO,_x000D_
 FAZER REUNIÃO COM EMPRESÁRIOS E DISCUTIR UMA FORMA PARA AJUDÁ-LOS E MANTER_x000D_
 COMÉRCIOS ABERTOS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/</t>
+    <t>http://sapl.iturama.mg.leg.br/media/</t>
   </si>
   <si>
     <t>BUSCAR PARCERIA DO HOSPITAL DO POVO COM A UFTM PARA VIABILIZAR O_x000D_
 FUNCIONAMENTO DO MESMO. ALÉM DISSO, A AQUISIÇÃO URGENTE DE MAIS UMA UTI_x000D_
 MÓVEL PARA O MUNICÍPIO DE ITURAMA E ALEXANDRITA.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Ana Lúcia</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>A REFORMA GERAL E MANUTENÇÃO DO TERMINAL RODOVIÁRIO DE NOSSA_x000D_
 CIDADE, REALIZANDO REVISÃO NO SISTEMA ELÉTRICO E HIDRÁULICO, GUICHÊS, TELHADO,_x000D_
 BANHEIROS, ÁREA DE EMBARQUE, PISOS, PINTURA DE PAREDES, CADEIRAS, ADEQUAÇÕES DE_x000D_
 ACESSIBILIDADE ETC.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE LINHA DE TRANSPORTE COLETIVO, COM ITINERÁRIO A TODOS_x000D_
 OS BAIRROS DE NOSSA CIDADE, 3 VEZES AO DIA.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA UBS &amp;#8211; UNIDADE BÁSICA DE SAÚDE NO BAIRRO_x000D_
 ALCIDES VERÍSSIMO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UM NOVO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA UBS &amp;#8211; UNIDADE BÁSICA DE SAÚDE NO BAIRRO_x000D_
 ITÁLIA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Renato José dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA E SUBVENÇÃO MENSAL DA ASSOCIAÇÃO DOS MORADORES DO_x000D_
 BAIRRO SÃO MIGUEL EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA CASA DA CULTURA NO DISTRITO DE ALEXANDRITA , NO_x000D_
 MUNICÍPIO DE ITURAMA-MG.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>À CONSTRUÇÃO DA PONTE DE LIGAÇÃO ENTRE OS BAIRROS VERA LÚCIA_x000D_
 ELIAS/ALCIDES VERÍSSIMO E VILA CRUZEIRO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONTRATAÇÃO DE UMA EMPRESA DE ARBORIZAÇÃO E LIMPEZA DE CANTEIROS_x000D_
 CENTRAIS E TERRENOS NA CIDADE DE ITURAMA E ALEXANDRITA.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Carlos Alberto Corréa da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTE/CONSTRUA UM &amp;#8220;CENTRO DE ZOONOSES&amp;#8221; EM_x000D_
 ITURAMA, ATRAVÉS DE RECURSOS DA FUNASA/MINISTÉRIO DA SAÚDE, PARA CUIDAR_x000D_
 MELHOR DOS ANIMAIS E PARA O COMBATE A DOENÇAS ADVINDAS DE DESCUIDOS NESSA_x000D_
 ÁREA.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VALORIZAÇÃO DOS_x000D_
 SERVIDORES PÚBLICOS MUNICIPAIS ATRAVÉS DAS SEGUINTES MEDIDAS:_x000D_
 1) EXECUTE O ENQUADRAMENTO FUNCIONAL DOS SERVIDORES DE ACORDO COM O ART. 28, I, DA LEI_x000D_
 COMPLEMENTAR N.O 75 DE 23 DE MARÇO DE 2015, BEM COMO CUMPRA O DETERMINADO NA DECISÃO_x000D_
 LIMINAR DA ADIN N.O 0359230-38.2015.8.13.0000, QUAL SEJA: &amp;#8220;CONSIDERANDO QUE JÁ RESTOU_x000D_
 ULTRAPASSADO TAL PRAZO NA HIPÓTESE E QUE INDEPENDENTE DA SUSPENSÃO DOS DISPOSITIVOS QUE_x000D_
 PREVÊEM A VIGÊNCIA DAS LEIS COMPLEMENTARES EM QUESTÃO A PARTIR DE SUA PUBLICAÇÃO ESTAS_x000D_
 CONTINUAM EM VIGOR EM RAZÃO DO PRECEITUADO NO ART. 1O CAPUT DA LINDB, INEXISTE O PERICULUM_x000D_
 IN MORA NA MANUTENÇÃO DA PLENA EFICÁCIA DE TAIS DISPOSITIVOS NO ORDENAMENTO JURÍDICO ATÉ_x000D_
 JULGAMENTO DO MÉRITO, PERIGO ESTE TAMBÉM INEXISTENTE NO QUE TOCA AOS DEMAIS DISPOSITIVOS_x000D_
 LEGAIS QUESTIONADOS NESTA AÇÃO&amp;#8221;. (GRIFEI);_x000D_
 2) QUE SEJA COLOCADA EM DISCUSSÃO POR ESTA CASA A PROPOSTA DE ACORDO NA ADIN &amp;#8211; AÇÃO DIRETA_x000D_
 DE INCONSTITUCIONALIDADE N.O 0359230-38.2015.8.13.0000, PROPOSTA PELO EXECUTIVO, NO SENTIDO_x000D_
 DE ACEITAÇÃO DO PRAZO DE PROGRESSÃO FUNCIONAL DOS SERVIDORES MUNICIPAIS NOS TERMOS_x000D_
 PROPOSTOS, PROPORCIONANDO EFEITO IMEDIATO NA SITUAÇÃO FINANCEIRA DOS SERVIDORES MUNICIPAIS NO_x000D_
 QUE LHE SEJA AFETO;_x000D_
 3) SEJA INSERIDO NA LEI COMPLEMENTAR N.O 80 DE 30 DE DEZEMBRO DE 2015, ARTIGO QUE TRATE SOBRE A_x000D_
 ABRANGÊNCIA PARA FINS DE CÁLCULO DAS COMPLEMENTAÇÕES DE APOSENTADORIA DEVIDAS, O CSTD &amp;#8211;_x000D_
 CARGA SUPLEMENTAR DE TRABALHO DO DOCENTE E GRATIFICAÇÕES NÃO-TRANSITÓRIAS, INERENTES À_x000D_
 FUNÇÃO;_x000D_
 4) ADOÇÃO IMEDIATA DE MEDIDAS PARA O APRIMORAMENTO TÉCNICO DOS SERVIDORES, ATRAVÉS DE CURSOS_x000D_
 DE CAPACITAÇÃO E QUALIFICAÇÃO, HAVENDO INCENTIVO REMUNERATÓRIO POSTERIOR PARA OS SERVIDORES_x000D_
 CAPACITADOS E QUALIFICADOS, DANDO ÊNFASE PARA A HUMANIZAÇÃO NO ATENDIMENTO PÚBLICO;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE FARMÁCIA PÚBLICA PRÓXIMA AS CLÍNICAS DE ESPECIALIDADES_x000D_
 E AMBULATÓRIO MUNICIPAL, FACILITANDO O ACESSO AO CIDADÃO .</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROXIME DO CIDADÃO E RETOME A CREDIBILIDADE NECESSÁRIA PARA A FORMAÇÃO DE UM BOM GOVERNO ATRAVÉS DAS SEGUINTES MEDIDAS:</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>FOMENTE E INCENTIVE A GRADUAÇÃO DO CIDADÃO ATRAVÉS DA SEGUINTE_x000D_
 MEDIDA:</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Fabricio Adão Dias Amaral</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA AVENIDA MONTE_x000D_
 ALEGRE SENTIDO FACULDADE FAMA.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DA INTERNET GRATUITA, NO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> INSTALAÇÃO DO SAMU, NO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE ÁREA DE LAZER PARA PRÁTICA DO SOM_x000D_
 AUTOMOTIVO E OUTROS, NO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE UMA UTI, NO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR CASA DE APOIO EM ITURAMA E JALES E MANTER AS DE_x000D_
 APOIO DE SÃO JOSÉ DO RIO PRETO, BARRETOS E UBERABA .</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MATADOURO MUNICIPAL .</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVÊNIO COM A FAMA E O IEP PARA BOLSAS DE ESTUDOS_x000D_
 PARA ALUNOS COM BAIXA RENDA.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM APARELHO DE MAMOGRAFIA DIGITAL, NO_x000D_
 MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVÊNIO COM A CAIXA E GOVERNO FEDERAL PARA CONSTRUÇÃO_x000D_
 DE CASAS POPULARES EM ITURAMA E ALEXANDRITA.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Sérgio Aparecido Alves Bento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PAVIMENTAÇÃO DA PASSARELA DO CEMITÉRIO MUNICIPAL BOM PASTOR.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARCERIA COM O CLUBE SORI.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA CALÇADA, DA VILA OLÍMPICA NA AVENIDA ALEXANDRITA_x000D_
 ENTRE AS RUAS: ALAMEDA DOS ATLETAS E RUA ITAPAGIPE.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO COM PLACAS PARA IDENTIFICAÇÃO DAS RUAS E AVENIDAS DE_x000D_
 NOSSA CIDADE.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Ricardo Baiano</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>A MUDANÇA DAS ACOMODAÇÕES DO PELOTÃO DE CORPO DE BOMBEIROS PARA_x000D_
 A VILA OLÍMPICA, QUE IRÁ POSSIBILITAR MELHOR ACESSIBILIDADE E ESPAÇO FABRÍCIO,_x000D_
 PARA O DESEMPENHO DE SUAS FUNÇÕES, BEM COMO SEUS TREINAMENTOS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR UM CENTRO CIRÚRGICO, BERÇÁRIO E COZINHA NO HOSPITAL DO_x000D_
 POVO.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR NO DISTRITO DE ALEXANDRITA MÉDICO, DENTISTA E FISIOTERAPEUTA_x000D_
 EXCLUSIVOS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UM TREVO NA ENTRADA DE ALEXANDRITA.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR DUAS AMBULÂNCIAS NO DISTRITO DE ALEXANDRITA.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR TRANSPORTE ESCOLAR GRATUITO PARA ALUNOS DAS CRECHES PÚBLICAS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR REDUTOR DE VELOCIDADE NA AV. ALEXANDRITA SENTIDO BAIRRO_x000D_
 AMAZONAS, NO CENTRO DA CIDADE, COM A CONSTRUÇÃO DE UMA ROTATÓRIA NO_x000D_
 CRUZAMENTO COM A RUA SUBURBANA.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM SEMÁFORO NA AV. PREFEITO JUCA PÁDUA CRUZAMENTO_x000D_
 COM RUA CORONEL JOSÉ FELISBERTO E PROLONGAMENTO COM RUA JOSÉ OTONI DE_x000D_
 MIRANDA.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>O RETORNO DA GUARDA MIRIM.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CRIAÇÃO DA GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>José Ivaldo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE CANTEIRO CENTRAL NA AV. AIRTON SENNA DO BRASIL NO_x000D_
 BAIRRO BOM SUCESSO COM BAIRRO BAIANO CIRINO.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ENERGIA ELÉTRICA NA_x000D_
 AV. SANTA IZABEL NAS_x000D_
 PROXIMIDADES DAS AV. JOÃO PAULO II ATÉ AV. JOÃO XXIII NO BAIRRO BOM SUCESSO,_x000D_
 BEM COMO A RECUPERAÇÃO DO ASFALTO NA MESMA VIA PÚBLICA..</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA SANTA LÚCIA NO BAIRRO BAIANO CIRINO ENTRE AS_x000D_
 AV. AÍRTON SENNA DO BRASIL E A AV. EULÍRIA MACEDO AO LADO DA ESCOLA MUNICIPAL_x000D_
 MARIA DE QUEIROZ BARBOSA.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADQUIRIR AMBULÂNCIA NOVA PARA TRANSPORTAR PACIENTES CADEIRANTES PARA_x000D_
 FISIOTERAPIA DO AMBULATÓRIO.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Adebaldo Borges de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PROCEDER EM CARÁTER DE URGÊNCIA À INSTALAÇÃO DE REDE DE_x000D_
 ILUMINAÇÃO PÚBLICA NO TRECHO FINAL DA AV. AYRTON SENNA DO BRASIL, NESTE_x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PROCEDER A READEQUAÇÃO DO TRÂNSITO DOS BAIRROS BAIANO_x000D_
 (MORUMBI) E ANTONIO BRAULIO, TRANSFORMANDO EM SENTIDO ÚNICO TODAS AS RUAS DOS_x000D_
 BAIRROS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE PROCEDER EM CARÁTER DE URGÊNCIA REGULARIZAÇÃO DE_x000D_
 ENTREGA DE CORRESPONDÊNCIA POR PARTE DOS CORREIOS NOS BAIRROS ALCIDES_x000D_
 VERÍSSIMO I, II E III, BEM COMO NO NOS BAIRROS VERA LUCIA ELIAS I E II, NESTE_x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE QUE SEJAM LOTADOS VIGIAS NAS PRAÇAS PÚBLICAS DOS_x000D_
 BAIRROS ANTONIO BRAULIO E BOM SUCESSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE REINSTALAR UM POSTO POLICIAL NO BAIRRO ANTONIO BRAULIO,_x000D_
 NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Nivaldo Alves Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERINDO A NECESSIDADE DE ASSISTENTE SOCIAL E PSICÓLOGO PARA_x000D_
 AUXILIAR OS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>O AUXILIO DE 28% (VINTE E OITO POR CENTO) DO VALOR DO PLANO DE SAÚDE_x000D_
 QUE O MUNICÍPIO DISPONIBILIZA AO SERVIDOR PÚBLICO, PASSE A SER 40% (QUARENTA POR_x000D_
 CENTO).</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>O PAGAMENTO DO ABONO FAMÍLIA PARA TODOS OS SERVIDORES PÚBLICOS_x000D_
 QUE TENHAM DIREITO.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UNIFORMES E CALÇADOS PARA TODOS OS SERVIDORES PÚBLICOS,_x000D_
 DIFERENCIANDO OS SETORES.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DO CENTRO DE COMERCIALIZAÇÃO DA AGRICULTURA FAMILIAR_x000D_
 NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE NA AV. BELO HORIZONTE ENTRE A RUA GOIÁS E A RUA ARMANDO_x000D_
 FRATARI, SEJAM COLOCADOS POSTES E IMPLANTADA A ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE CICLOVIA.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>A REFORMA DO CAMPO DO BAIRRO SÃO MIGUEL NA CIDADE DE ITURAMA-_x000D_
 MG.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>A REVITALIZAÇÃO E ABERTURA DA PRAINHA MUNICIPAL DE ITURAMA E_x000D_
 TAMBÉM A PAVIMENTAÇÃO ASFÁLTICA DIMINUINDO E TEMPO DE PERCURSO E MELHOR_x000D_
 ACESSO DOS USUÁRIOS DA PRAINHA .</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA A PREOCUPAÇÃO COM A SAÚDE DO NOSSO MUNICÍPIO, A_x000D_
 COMPRA DE UM APARELHO DE TOMOGRAFIA PARA MAIOR AGILIDADE NO TRATAMENTO E_x000D_
 PREVENÇÃO NOS USUÁRIOS DA SAÚDE PÚBLICA. A TOMOGRAFIA COMPUTADORIZADA_x000D_
 FORNECE IMAGENS MAIS PRECISAS DO QUE AS DO RAIO X, DETECTANDO ALTERAÇÕES MUITO_x000D_
 PEQUENAS EM OSSOS, TECIDOS, ÓRGÃOS E OUTRAS ESTRUTURAS DO CORPO. É ATUALMENTE O_x000D_
 EXAME DE ESCOLHA PARA INVESTIGAR NÓDULOS OU TUMORES, E TAMBÉM VASOS_x000D_
 PULMONARES E CEREBRAIS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEZ QUE INDEPENDENTE DA RELIGIÃO DE CADA UM DE NÓS, DEUS É UM SÓ,_x000D_
 A CONSTRUÇÃO DA ESTATUA DO SAGRADO CORAÇÃO DE JESUS_x000D_
 DE BRAÇOS ABERTOS COM ALTURA SUPERIOR A 10 METROS, COM O INTUITO DE_x000D_
 EMBELEZAR E ABENÇOAR A TODOS OS MORADORES E VISITANTES DE NOSSA MUNICÍPIO.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA A CARÊNCIA ORGANIZACIONAL, ESTRUTURAL E LOGÍSTICA, SEJA_x000D_
 PROVIDENCIADA A CONSTRUÇÃO DE UMA NOVA E MODERNA RODOVIÁRIA NO_x000D_
 MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA A PREOCUPAÇÃO COM A SAÚDE DE ALEXANDRITA, QUE_x000D_
 PROVIDENCIE A CONSTRUÇÃO E LIGAÇÃO DA REDE DE ESGOTO NO DISTRITO CITADO.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE INTERVENHA JUNTO AOS ÓRGÃOS COMPETENTES PARA A CONSTRUÇÃO DE_x000D_
 UMA PASSARELA PARA TRAVESSIA DE PEDESTRE SOBRE A RODOVIA LIGANDO A CIDADE AO_x000D_
 BAIRRO ITÁLIA.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>O FUNCIONAMENTO DA 3O ETAPA DO HOSPITAL DO POVO, COM CONVÊNIOS_x000D_
 E CONSÓRCIOS JUNTO AOS MUNICÍPIOS DA REGIÃO, COMO É O CASO DE CARNEIRINHO,_x000D_
 UNIÃO DE MINAS, LIMEIRA DO OESTE, SÃO FRANCISCO DE SALES E CAMPINA VERDE,_x000D_
 VISANDO O INTERESSE COLETIVO, O BENEFÍCIO PÚBLICO E O FORTALECIMENTO DA SAÚDE NA_x000D_
 REGIÃO.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PRAÇA E ÁREA DE CONVIVÊNCIA NO BAIRRO_x000D_
 SANTA ROSA.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PRAÇA E ÁREA DE CONVIVÊNCIA NO BAIRRO_x000D_
 ITÁLIA.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O PATROLAMENTO, CASCALHAMENTO, NIVELAMENTO E_x000D_
 ATERRAMENTO DA ESTRADA SENTIDO AEROPORTO-UNIÃO DE MINAS, POPULAR ESTRADA DO_x000D_
 DEMÉTRIO, PERTINENTE AO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER O CALÇAMENTO E O MURO DA ESCOLA JOSÉ TIAGO DE QUEIROZ.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA CANALETA NA AV. JOÃO MATEUS SAMPAIO ESQUINA_x000D_
 COM A GUSTAVO MAIA DE MENEZES PARA O ESCOAMENTO DA ÁGUA.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE PONTOS DE ÔNIBUS (GUARITAS) PARA CIRCULAR, ESCOLARES,_x000D_
 E PARA OS TRABALHADORES, POR TODA CIDADE</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE UMA LIMPEZA GERAL NA PRAÇA DO FÓRUM E A RECOLOCAÇÃO_x000D_
 DAS LAJOTAS DO CALÇAMENTO DA REFERIDA PRAÇA.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/515/ind77.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/515/ind77.pdf</t>
   </si>
   <si>
     <t>No sentido de solicitar ao Sr. Prefeito Municipal, a reforma_x000D_
 do campo, vestiários e instalação de refletores no campo localizado no Bairro Antônio_x000D_
 Bráulio, bem como disponibilizar professor de educação física para elaboração e coordenação_x000D_
 de projetos no referido campo, uma vez que esse espaço deve ser utilizado para a prática de_x000D_
 esporte, em especial por crianças, adolescentes e idosos carentes do bairro.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/516/ind78.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/516/ind78.pdf</t>
   </si>
   <si>
     <t>No sentido de solicitar ao Sr. Prefeito_x000D_
 Municipal, a necessidade de vistoria do Corpo de Bombeiros em todos os_x000D_
 Órgãos Públicos do Município de Iturama/MG e Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/517/ind79.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/517/ind79.pdf</t>
   </si>
   <si>
     <t>No sentido de solicitar ao Sr. Prefeito_x000D_
 Municipal, a instalação de poltronas no ambulatório.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/518/ind80.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/518/ind80.pdf</t>
   </si>
   <si>
     <t>No sentido de solicitar ao Sr. Prefeito_x000D_
 Municipal, a construção de urna pista de skate em nosso município.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/519/ind81.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/519/ind81.pdf</t>
   </si>
   <si>
     <t>No sentido de solicitar ao Sr. Prefeito_x000D_
 Municipal, a contratação de um dentista para atender no hospital do povo no_x000D_
 período de 18:00 às 22:00 Horas.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/520/ind82.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/520/ind82.pdf</t>
   </si>
   <si>
     <t>No sentido de solicitar ao Sr. Prefeito_x000D_
 Municipal, o recapeamento do Bairro Recantos dos Lagos, e por sua vez dando_x000D_
 sequência na Av: João Secundino de Queiroz, finalizando no Bairro Nossa_x000D_
 Senhora Aparecida.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AOS SENHORES DIVINO FILHO, VITOR FARIAS E RONALDO ANTÔNIO SILVEIRA, PELO EXCELENTE TRABALHO REALIZADO, NESTE INICIO DE MANDATO, FRENTE À SECRETARIA DE OBRAS, SECRETARIA DO MEIO AMBIENTE E DEPARTAMENTO DE ESTRADAS DO MUNICÍPIO DE ITURAMA, RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Anderson Bernades de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/684/plc_01.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/684/plc_01.2017.pdf</t>
   </si>
   <si>
     <t>Desmembra Secretaria, cria órgãos, e altera_x000D_
 estrutura organizacional da Prefeitura_x000D_
 Municipal de Iturama e dá outras providências.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/685/plc_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/685/plc_02.2017.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para a instauração, desenvolvimento_x000D_
 e conclusão de Processo Disciplinar relativo aos Servidores do Município de Iturama,_x000D_
 Estado de Minas Gerais</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/686/plc_03.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/686/plc_03.2017.pdf</t>
   </si>
   <si>
     <t>Acresce vagas no quantitativo dos cargos que_x000D_
 menciona, do Anexo 1, da Lei Complementar n°. 75,_x000D_
 de 23 de março de 2015</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/687/plc_04.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/687/plc_04.2017.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo 6° e inclui o_x000D_
 parágrafos 7° e 8° ao artigo 148 da Lei_x000D_
 n.° 2.228, de 26 de novembro de_x000D_
 1984.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/688/plc_05.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/688/plc_05.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 76, de 23 de_x000D_
 março de 2015 que dispõe sobre o Estatuto e_x000D_
 Plano de Cargos, Carreiras e Vencimentos do_x000D_
 Magistério Público do Município de Iturama e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/689/plc_06.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/689/plc_06.2017.pdf</t>
   </si>
   <si>
     <t>Altera denominação da Escola Municipal de_x000D_
 Educação infantil Jandira Silva Chaves no Distrito_x000D_
 de Alexandrita e dá outras providências</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/690/plc_10.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/690/plc_10.2017.pdf</t>
   </si>
   <si>
     <t>Estabelece normas e regime jurídico de_x000D_
 contratação de pessoal por tempo determinado_x000D_
 pela Prefeitura do Município de Iturama,_x000D_
 Estado de Minas Gerais</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/691/plc_12.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/691/plc_12.2017.pdf</t>
   </si>
   <si>
     <t>Revoga o artigo 17, da Lei Complementar n°. 73, de_x000D_
 de março de 2015, e concede repristinação ao caput_x000D_
 do artigo 107, da Lei n°. 2.692, de 11 de setembro de_x000D_
 1992"</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/692/plc_13.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/692/plc_13.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 75, de 23 de março de_x000D_
 2015, que "Dispõe sobre a implantação do Plano de_x000D_
 Cargos, Carreiras e Vencimentos da Prefeitura_x000D_
 Municipal de Iturama, Estado de Minas Gerais e altera_x000D_
 estrutura organizacional da Prefeitura Municipal de_x000D_
 Iturama e dá outras providências"</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/693/plc_14.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/693/plc_14.2017.pdf</t>
   </si>
   <si>
     <t>Acresce vagas no quantitativo dos cargos que_x000D_
 menciona, do Anexo 1, da Lei Complementar W. 75,_x000D_
 de 23 de março de 2015</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/702/plc_15.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/702/plc_15.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 75, de 23_x000D_
 de março de 2015, que "Dispõe sobre a_x000D_
 implantação do Plano de Cargos,_x000D_
 Carreiras e Vencimentos da Prefeitura_x000D_
 Municipal de Iturama, Estado de Minas_x000D_
 Gerais e altera estrutura organizacional_x000D_
 da Prefeitura Municipal de Iturama e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/694/plc_16.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/694/plc_16.2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar parcerias_x000D_
 e convênios com a iniciativa privada visando à_x000D_
 execução e manutenção de melhorias urbanas,_x000D_
 ambientais e paisagísticas e dá outras_x000D_
 providências"</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/695/plc_17.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/695/plc_17.2017.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal_x000D_
 Recuperação Fiscal - REFIS_x000D_
 MUNICIPAL</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/696/plc_20.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/696/plc_20.2017.pdf</t>
   </si>
   <si>
     <t>Altera redação do artigo 22, da Lei Complementar_x000D_
 n° 65, de 20 de dezembro de 2.013, prevendo novas_x000D_
 regras sobre o local de incidência do Imposto Sobre_x000D_
 Serviços de Qualquer Natureza e altera a Lista de_x000D_
 Serviços anexa à Lei Complementar n° 65, de 20_x000D_
 dezembro de 2.013 alterando os subitens 1. 03, 1.04,_x000D_
 7.16, 11.02, 13.05, 14.05, 16.01, 25.02 e incluindo_x000D_
 os subitens 1.09, 6.06, 14.14, 16.02, 17.25, 25.05_x000D_
 que definem novos serviços sujeitos à tributação do_x000D_
 Imposto Sobre Serviços de Qualquer Natureza -_x000D_
 ISSQN, conforme o Anexo desta Lei Complementar.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/697/plc_21.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/697/plc_21.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo ceder a instituições financeiras_x000D_
 públicas créditos decorrentes de compensações financeiras pela utilização de recursos hídricos para geração de energia elétrica e dá outras providências</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/698/plc_22.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/698/plc_22.2017.pdf</t>
   </si>
   <si>
     <t>"Revoga os Anexos VII, VIII e IX, e inclui os Anexos XI e_x000D_
 XII, na Lei Complementar n°. 75, de 23 de março de 20151</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/699/plc_23.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/699/plc_23.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos incisos 1 e II, do artigo 90,_x000D_
 da Lei Complementar n.° 113, de 25 de julho de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/700/plc_24.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/700/plc_24.2017.pdf</t>
   </si>
   <si>
     <t>Acresce cargos no Anexo 1, da Lei Complementar n.° 75,_x000D_
 de 23 de março de 2015</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/701/plc_25.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/701/plc_25.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênios ou contratos de direito público com instituições privadas para a_x000D_
 prestação de serviços de saúde e, ainda, complementar os valores pagos pelo Ministério da Saúde através dos preços mínimos estabelecidos pelo órgão competente da direção nacional do Sistema único de Saúde - Tabela SUS e dá outras providências</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>PLCCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/633/plccm_01.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/633/plccm_01.2017.pdf</t>
   </si>
   <si>
     <t>Acresce o Art. 28-J na Lei Complementar n°_x000D_
 07 de 23 de Dezembro de 2003, que institui o_x000D_
 Código de Parcelamento do Solo no Município_x000D_
 de Iturama e dá outras providências</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/634/plccm_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/634/plccm_02.2017.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei 3.906, de 18 de novembro de 2009 que_x000D_
 concede isenção de tributos, que especifica, à_x000D_
 Companhia de Saneamento de Minas Gerais -_x000D_
 COPASA - MC por ocasião da outorga dos serviços_x000D_
 públicos de abastecimento de água e de esgotamento_x000D_
 sanitário.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/635/plccm_03.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/635/plccm_03.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 07 de 23 de Dezembro_x000D_
 de 2003, que institui o Código de Parcelamento do Solo_x000D_
 no Município de Iturama e dá outras providências.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 07 de 23 de_x000D_
 Dezembro de 2003, que institui o Código de_x000D_
 Parcelamento do Solo no Município de Iturama e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/637/plccm_05.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/637/plccm_05.2017.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 101, da Lei n° 2.692, de 11 de_x000D_
 Setembro de 1992, que "DISPÕE SOBRE O_x000D_
 ESTATUTO DOS SERVIDORES PÚBLICOS DO_x000D_
 MUNICÍPIO, DAS AUTARQUIAS E DAS_x000D_
 FUNDAÇÕES MUNICIPAIS.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>Mesa Diretora da 1ª Sessão Legislativa da 18 ª Legislatura</t>
   </si>
   <si>
     <t>Cria cargo em comissão de Assessor_x000D_
 Pai-lamentar Substituto, na Câmara_x000D_
 Municipal, para os fins que especifica</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/556/plo_01.2019.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/556/plo_01.2019.pdf</t>
   </si>
   <si>
     <t>Altera o anexo 1 da Lei Municipal n° 4.050_x000D_
 de 01 de março de 2011 e dá outras_x000D_
 providencias</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/557/plo_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/557/plo_02.2017.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual na forma do_x000D_
 inciso X, do Art.37, da constituição Federal,_x000D_
 ao vencimento dos servidores públicos e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/558/plo_03.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/558/plo_03.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos incisos 1, II e III, do art. 1, da Lei N°. 4.556, de 21_x000D_
 de janeiro de 2016, e dá outras providências</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito_x000D_
 adicional suplementar no orçamento do_x000D_
 exercício financeiro de 2017.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/560/plo_05.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/560/plo_05.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional_x000D_
 Especial no Orçamento do Exercício de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/561/plo_08.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/561/plo_08.2017.pdf</t>
   </si>
   <si>
     <t>Altera o § único e artigo 2°. da Lei n°3.173, de 07 de março de 2001</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/562/plo_09.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/562/plo_09.2017.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a reformtilção do Conselho_x000D_
 Municipal de Desenvolvimento Rural Sustentável — CMDRS e Fundo_x000D_
 Municipal de Desenvolvimento Rural Sustentável - FMDRS e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/563/plo_11.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/563/plo_11.2017.pdf</t>
   </si>
   <si>
     <t>Desafeta Bem imóvel público</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/564/plo_12.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/564/plo_12.2017.pdf</t>
   </si>
   <si>
     <t>autoriza a abertura de crédito Especial no_x000D_
 orçamento vigente</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/565/plo_14.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/565/plo_14.2017.pdf</t>
   </si>
   <si>
     <t>dispõe, em conformidade com artigo 163, parágrafos 5° e 60 da_x000D_
 Constituição do Estado de Minas Gerais e com o artigo 100, parágrafos 30 e 40 da_x000D_
 Constituição da República Federativa do Brasil, observado o artigo 87, inciso II do Ato_x000D_
 das Disposições Constitucionais e Transitórias, sobre o pagamento de obrigações de_x000D_
 pequeno valor pelo Município de Iturama-MG, fruto de decisões judiciais com trânsito_x000D_
 julgado</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/566/plo_15.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/566/plo_15.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às_x000D_
 entidades que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/567/plo_16.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/567/plo_16.2017.pdf</t>
   </si>
   <si>
     <t>Institui o símbolo e as cores_x000D_
 oficiais do município de Iturama/MG e dá outras providências</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/568/plo_17.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/568/plo_17.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de entidades sem fins lucrativos como_x000D_
 organizações sociais e dá outras providências</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/569/plo_18.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/569/plo_18.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasse voluntário de recurso financeiro à entidade_x000D_
 que especifica, e dá outra providência</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/570/plo_19.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/570/plo_19.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei no.3.559, de 24 agosto de 2006</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/571/plo_20.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/571/plo_20.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no_x000D_
 Orçamento do Exercício Financeiro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/572/plo_21.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/572/plo_21.2017.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 30 da Lei Ordinária Municipal n.° 3.936,_x000D_
 19 de março de 2010, para redefinir a composição do_x000D_
 Conselho Municipal de Desenvolvimento Ambiental -_x000D_
 CODEMA no município de Iturama-MG.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/573/plo_22.2017_bj4twNF.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/573/plo_22.2017_bj4twNF.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a_x000D_
 Abrir Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2017 e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/574/plo_23.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/574/plo_23.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a_x000D_
 contratar financiamento do PMAT -_x000D_
 Programa de Modernização da Administração_x000D_
 Tributária e da Gestão dos Setores Sociais_x000D_
 Básicos, do BNDES junto ao BDMG ou Caixa_x000D_
 Econômica Federal, a oferecer garantias e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/575/plo_24.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/575/plo_24.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder repasse financeiro à entidade_x000D_
 que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/576/plo_25.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/576/plo_25.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a_x000D_
 Abrir Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2017_x000D_
 Destinado ao Sindicato dos Produtores Rurais de Iturama e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/577/plo_26.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/577/plo_26.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder repasse financeiro à_x000D_
 entidade que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/578/plo_27.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/578/plo_27.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar a contratação de Assistência à_x000D_
 Saúde do servidor ativo ou inativo e seus dependentes, aos pensionistas e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/579/plo_29.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/579/plo_29.2017.pdf</t>
   </si>
   <si>
     <t>Altera os arts. 1° e 6° da Lei Municipal n° 4.031, de 10 de fevereiro de_x000D_
 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/580/plo_30.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/580/plo_30.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regime de Adiantamento</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/581/plo_31.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/581/plo_31.2017.pdf</t>
   </si>
   <si>
     <t>Adota o Diário Oficial dos Municípios do Estado de Minas Gerais,_x000D_
 instituído e administrado pela AMM, como meio oficial de comunicação dos atos_x000D_
 normativos e administrativos do Município de Iturama/MG</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/582/plo_32.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/582/plo_32.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no_x000D_
 Orçamento do Exercício Financeiro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/583/plo_33.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/583/plo_33.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir_x000D_
 Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2017 e da_x000D_
 outras providências</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/584/plo_34.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/584/plo_34.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício de 2018 e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/585/plo_35.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/585/plo_35.2017.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE_x000D_
 ITURAMA A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS_x000D_
 GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/586/plo_36.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/586/plo_36.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em Dação em Pagamento_x000D_
 imóveis que menciona</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/587/plo_37.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/587/plo_37.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos_x000D_
 financeiros às entidades que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/588/plo_38.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/588/plo_38.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a_x000D_
 Abrir Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2017, e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/589/plo_39.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/589/plo_39.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 10, da Lei Municipal n.° 3.559, de 24 de agosto_x000D_
 de 2006, com redação dada pelo artigo 2°, da Lei Municipal n.° 4.617, de 27 de março_x000D_
 de 2017, que autoriza o Município de Iturama-MG a adquirir imóvel rural para_x000D_
 implantação do Frigorífico Municipal no Distrito de Alexandrita, Município de_x000D_
 Iturama-MG</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/590/plo_40.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/590/plo_40.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar Concessão de Direito Real de Uso_x000D_
 de Imóvel de Propriedade do Município de Iturama, Estado de Minas Gerais, com_x000D_
 dispensa de licitação face o interesse econômico municipal e dá outras providências</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/591/plo_41.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/591/plo_41.2017.pdf</t>
   </si>
   <si>
     <t>Institui a Declaração Eletrônica de Serviços Prestados nas Operações de_x000D_
 Cartões de Crédito ou Débito - l)ESPCRE 1) - pelas Administradoras de Cartão de_x000D_
 Crédito ou Débito ou Similares</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/592/plo_42.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/592/plo_42.2017.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO IDOSO (FMI) E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/593/plo_43.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/593/plo_43.2017.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Esporte e Lazer -_x000D_
 FMEL, e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/594/plo_44.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/594/plo_44.2017.pdf</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/595/plo_45.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/595/plo_45.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel público urbano que menciona, com dispensa de_x000D_
 licitação, face o interesse econômico municipal e dá outras providências</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/596/plo_46.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/596/plo_46.2017.pdf</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/365/48.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/365/48.2017.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do "caput", do art. 40,_x000D_
 da Lei Municipal W. 4.648, de 15 de_x000D_
 agosto de 2017".</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/597/plo_49.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/597/plo_49.2017.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/598/plo_52.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/598/plo_52.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a outorgar Concessão de Direito Real de_x000D_
 Uso de Imóvel de Propriedade do Município de Iturama, Estado de Minas Gerais,_x000D_
 com dispensa de licitação face o interesse econômico municipal e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/599/plo_53.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/599/plo_53.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contribuir mensalmente com a_x000D_
 ASSOCIAÇÃO MINEIRA DE MUNICÍPIOS — AMM, entidade estadual de_x000D_
 representação dos Municípios do Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/600/plo_54.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/600/plo_54.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei n° 4.481, de 23 de junho_x000D_
 de 2015 que dispõe sobre o Plano Decenal_x000D_
 Municipal de Educação de Iturama/MG,_x000D_
 aprovando a inclusão das notas técnicas no Plano_x000D_
 Decenal Municipal de Educação de Iturama/MG,_x000D_
 alterando parcialmente a redação das metas e_x000D_
 estratégias e dá outras providências</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/601/plo_55.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/601/plo_55.2017.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/602/plo_56.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/602/plo_56.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo 20, do artigo 1°,_x000D_
 da Lei Municipal n° 4.595, de 06 de dezembro de 2016</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/603/plo_57.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/603/plo_57.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Iturama, Estado_x000D_
 de Minas Gerais a receber em doação bens imóveis que menciona</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/604/plo_58.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/604/plo_58.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir bens_x000D_
 imóveis sem benfeitorias que menciona e dá outras providências</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/605/plo_59.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/605/plo_59.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder_x000D_
 Executivo a abrir Crédito Adicional Suplementar no Orçamento do Exercício_x000D_
 Financeiro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/606/plo_60.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/606/plo_60.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso 1 e II do artigo 40, da Lei n° 4.647, de 11 de_x000D_
 Agosto de 2017, que Instituiu a Declaração Eletrônica de Serviços Prestados nas_x000D_
 Operações de Cartões de Crédito ou Débito- DESPCRED - pelas Administradoras_x000D_
 de Cartão de Crédito ou Débito ou Similares</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/607/plo_61.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/607/plo_61.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos_x000D_
 financeiros às entidades que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/608/plo_62.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/608/plo_62.2017.pdf</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/609/plo_63.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/609/plo_63.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do_x000D_
 inciso II, do art. 40, da Lei n.° 4.591/2016, que "estima a receita e fixa a despesa do_x000D_
 município de Iturama, Estado de Minas Gerais, para o exercício financeiro de 2017 e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/610/plo_65.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/610/plo_65.2017.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/611/plo_66.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/611/plo_66.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1° da Lei Municipal n.° 4.671, de 11 outubro de_x000D_
 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/366/67.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/366/67.2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza a concessão de férias coletivas no_x000D_
 âmbito da Administração Municipal e dá outras_x000D_
 providências"</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/612/plo_68.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/612/plo_68.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir_x000D_
 Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2017 e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/613/plo_69.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/613/plo_69.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Abrir_x000D_
 Crédito Adicional Suplementar no Orçamento do Exercício Financeiro de 2017 e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/614/plo_70.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/614/plo_70.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza_x000D_
 o Município de Iturama/MG a promover a regularização do direito de propriedade_x000D_
 relativamente ao imóvel que menciona e dá outras providências</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/615/plo_71.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/615/plo_71.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a_x000D_
 desafetação do imóvel público que descreve e autoriza sua permuta por outro imóvel_x000D_
 de propriedade particular para os fins que menciona e dá outras providências</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/616/plo_72.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/616/plo_72.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe_x000D_
 sobre a desafetação do imóvel público que descreve para os fins que menciona e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/617/plo_73.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/617/plo_73.2017.pdf</t>
   </si>
   <si>
     <t>Fixa a_x000D_
 pauta de valores venais de imóveis para efeito de cálculo do Imposto Sobre_x000D_
 Transmissão De Bens Imóveis - ITBI - no Município de Iturama, Estado de Minas_x000D_
 Gerais</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/618/plo_74.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/618/plo_74.2017.pdf</t>
   </si>
   <si>
     <t>Fixa a_x000D_
 pauta de valores de imóveis para efeito de cálculo do Imposto Predial e Territorial_x000D_
 Urbano - IPTU no Município de Iturama, Estado de Minas Gerais</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/619/plo_75.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/619/plo_75.2017.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2018</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/620/plo_76.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/620/plo_76.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 40, da Lei Municipal n°_x000D_
 4.591/2016, que "estima a receita e fixa a despesa do município de Iturama, Estado de_x000D_
 Minas Gerais, para o exercício financeiro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/621/plo_77.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/621/plo_77.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual do município de iturama estado de minas gerais para o quadriênio de 2018 a 2021 e dá outras providências</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/622/plo_78.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/622/plo_78.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóveis públicos urbanos_x000D_
 que menciona, com dispensa de licitação, face o_x000D_
 interesse público e social e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em dação_x000D_
 em pagamento imóveis urbanos que menciona</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>PLOCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/703/plocm_01.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/703/plocm_01.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional_x000D_
 Suplementar no valor de R$ 20.000,00 (Vinte_x000D_
 mil reais) no Orçamento Vigente</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/736/plocm_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/736/plocm_02.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual na forma do inciso_x000D_
 X, do art. 37, da Constituição Federal e reajuste_x000D_
 ao vencimento dos servidores públicos do Poder_x000D_
 Legislativo do Município de Iturama/MG e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/704/plocm_03.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/704/plocm_03.2017.pdf</t>
   </si>
   <si>
     <t>"Institui o "Dia do Evangélico" no Município_x000D_
 de Iturama e Distrito de Alexandrita e dá_x000D_
 outras providências"</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/735/plocm_04.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/735/plocm_04.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 5° da Lei 3.795, de 04 de_x000D_
 fevereiro de 2009</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/705/plocm_07.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/705/plocm_07.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "MARIA SERAFINA DA_x000D_
 SILVA", a atual "Av. A", do Bairro Residencial_x000D_
 Beila Vista, neste município de Iturama, Estado_x000D_
 de Minas Gerais</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/706/plocm_08.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/706/plocm_08.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "JOSÉ LUIZ DA SILVA", a_x000D_
 atual "Av. C", do Bairro Residencial Belia Vista,_x000D_
 neste município de Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/707/plocm_09.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/707/plocm_09.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "IRACEMA AMARAL_x000D_
 FERREIRA", a atual "Av. B", do Bairro_x000D_
 Residencial Beila Vista, neste município de_x000D_
 Iturama, Estado de Minas Gerais</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/708/plocm_10.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/708/plocm_10.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "RENAN DE ALMEIDA_x000D_
 MATIAS", a atual "Av. D", do Bairro_x000D_
 Residencial Beila Vista, neste município de_x000D_
 Iturama, Estado de Minas Gerais</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/709/plocm_11.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/709/plocm_11.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "HELIODORO_x000D_
 GONÇALVES DA MAIA "a atual Rua 04,_x000D_
 do Residencial Morada do Sol, em Iturama,_x000D_
 Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/710/plocm_12.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/710/plocm_12.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "DR JURJUS ANDRAUS_x000D_
 GASSANI " a atual Rua 03, do Jardim_x000D_
 Boulanger, em Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>Denomina-se de "CACILDO QUEIROZ DE_x000D_
 FREITAS " a atual Rua 05, do_x000D_
 Residencial Morada do Sol, em Iturama,_x000D_
 Estado de Minas Gerais</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>Nivaldo Alves Ferreira, Renato José dos Reis, Sérgio Aparecido Alves Bento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/712/plocm_14.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/712/plocm_14.2017.pdf</t>
   </si>
   <si>
     <t>Institui o dia da Consciência Negra no_x000D_
 Município de Iturama, Estado de Minas_x000D_
 Gerais, e dá outras providencias</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/713/plocm_15.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/713/plocm_15.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "DAVID FURTADO DE_x000D_
 URZEDO " a atual Rua 06, do Residencial_x000D_
 Morada do Sol, em Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/714/plocm_16.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/714/plocm_16.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "HERMELINDO LONGO" a_x000D_
 Praça do Ginásio Poliesportivo "Alcides_x000D_
 Costa", em Iturarna, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>Denomina-se de "ILDEVAN AMARAL DE_x000D_
 FREITAS " a atual Rua 07, do Residencial_x000D_
 Morada do Sol, em Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/716/plocm_18.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/716/plocm_18.2017.pdf</t>
   </si>
   <si>
     <t>"Instituí no calendário oficial de comemorações_x000D_
 festivas do Município, o aniversário de Iturama e_x000D_
 dá outras providências."</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/717/plocm_19.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/717/plocm_19.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "DR. WELLINGTON_x000D_
 ANDRAUS " a atual Rua 08, do Residencial_x000D_
 Morada do Sol, em Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/718/plocm_20.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/718/plocm_20.2017.pdf</t>
   </si>
   <si>
     <t>"Disciplina a utilização das caçambas_x000D_
 estacionárias nas vias públicas."</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/723/plocm_21.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/723/plocm_21.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional_x000D_
 Suplementar no valor de R$ 170.000,00_x000D_
 (Cento e setenta mil reais) no Orçamento_x000D_
 Vigente.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/724/plocm_22.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/724/plocm_22.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "MARIO ANTÔNIO_x000D_
 OLIVARES" a Rotatória que interliga a_x000D_
 Avenida João Matheus Sampaio às ruas_x000D_
 27 de Dezembro e Antônio Crispim_x000D_
 Barbosa, em Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>Adebaldo Borges de Freitas, Ana Lúcia, Carlos Alberto Corréa da Silva, Fabricio Adão Dias Amaral, José Ivaldo Barbosa, José Pichioni Filho, Nivaldo Alves Ferreira, Paulinho Dias, Renato José dos Reis, Ricardo Baiano, Sérgio Aparecido Alves Bento, Tião Tiago, Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/725/plocm_23.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/725/plocm_23.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "Dr. JURJUS ANDRAUS GASSANI"_x000D_
 a Unidade de Pronto Atendimento a ser implantado_x000D_
 nesta cidade, que menciona.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/726/plocm_24.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/726/plocm_24.2017.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o "SINDICATO DOS_x000D_
 SERVIDORES PÚBLICOS MUNICIPAIS DE_x000D_
 ITURAMA- SEPUM".</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/737/plocm_25.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/737/plocm_25.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional_x000D_
 Especial no valor de R$ 1.100,00 (Um mil e_x000D_
 cem reais) no Orçamento Vigente.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/727/plocm_26.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/727/plocm_26.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "EULÂMPIA ALVES DE_x000D_
 QUEIROZ" o Centro Cultural do Distrito de_x000D_
 Alexandrita, neste município de Iturama,_x000D_
 Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/728/plocm_27.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/728/plocm_27.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional_x000D_
 Suplementar no valor de RS 20.000,00 (Vinte_x000D_
 mil reais) no Orçamento Vigente.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>Fabricio Adão Dias Amaral, Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/729/plocm_28.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/729/plocm_28.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE_x000D_
 APLICAÇÃO DO TESTE DE GLICEMIA_x000D_
 CAPILAR NO MUNICÍPIO DE ITURAMA, EM_x000D_
 CRIANÇAS DE O A 6 ANOS DE IDADE E DA_x000D_
 OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/722/plocm_29.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/722/plocm_29.2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a realização de_x000D_
 referendo e de plebiscito no_x000D_
 Município de Iturama."</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/720/plocm_30.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/720/plocm_30.2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de equipamentos_x000D_
 eliminadores de ar nas tubulações do sistema_x000D_
 de água da cidade de Iturama e Distrito de_x000D_
 Alexandrita e dá outras providências."</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/721/plocm_31.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/721/plocm_31.2017.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "JAIR SOARES DE OLIVEIRA_x000D_
 (JAIR BENEDITO)" o Frigorífico Municipal, no_x000D_
 Distrito de Alexandrita, em Iturama, Estado de_x000D_
 Minas Gerais.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/719/plocm_32.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/719/plocm_32.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE sobre a obrigatoriedade das empresas_x000D_
 CONCESSIONÁRIAS, PERMISSIONÁRIAS,_x000D_
 CONTRATADAS OU SIMILARES a fazer_x000D_
 serviços de reparação aos danos causados às vias,_x000D_
 calçadas e demais passeios públicos, no âmbito do_x000D_
 município de iturama e dá outras providências.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/638/pr_01.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/638/pr_01.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a firmar convênio com a_x000D_
 Caixa Econômica Federal, Agência de Iturama, Estado_x000D_
 de Minas Gerais, visando a concessão de empréstimos_x000D_
 aos seus servidores e agentes políticos com pagamento_x000D_
 mediante consignação em folha de pagamento e dá_x000D_
 outras providências</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/639/pr_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/639/pr_02.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO "PROGRAMA DE_x000D_
 FORMAÇÃO DE INÍCIO DE MANDATO - MÓDULO 1—_x000D_
 ORGANIZAÇÃO E FUNCIONAMENTO DAS CÂMARAS_x000D_
 MUNICIPAIS" A SER REALIZADO NA CIDADE DE_x000D_
 BELO HORIZONTE-MG.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/640/plo_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/640/plo_02.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO "PROGRAMA DE_x000D_
 FORMAÇÃO DE INÍCIO DE MANDATO-MÓDULO 1—_x000D_
 ORGANIZAÇÃO E FUNCIONAMENTO DAS CÂMARAS_x000D_
 MUNICIPAIS" A SER REALIZADO NA CIDADE DE_x000D_
 BELO HORIZONTE-MG.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/648/pr_04.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/648/pr_04.2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR HAMILTON DONIZETE BERNARDO, TENENTE DA POLICIA MILITAR DE MINAS GERAIS EM ITURAMA-MG</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/649/pr_05.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/649/pr_05.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o cancelamento de restos a_x000D_
 pagar inscritos no exercício de 2016 e_x000D_
 torna outras providências.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/650/pr_06.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/650/pr_06.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO TREINAMENTO EM_x000D_
 GESTÃO PÚBLICA DE "COMO INVESTIGAR E_x000D_
 FISCALIZAR CONTRATOS NO LEGISLATIVO E_x000D_
 EXECUTIVO" A SER REALIZADO NA CAPITAL_x000D_
 BRASÍLIA-DF</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/651/pr_07.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/651/pr_07.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NA 5° MOBILIAÇÃO_x000D_
 NACIONAL DE VEREADORES A SER REALIZADO NA_x000D_
 CAPITAL BRASÍLIA-DE</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/652/pr_08.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/652/pr_08.2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO_x000D_
 ITURAMENSE AO DR. JOSÉ HERCULANO_x000D_
 PEREIRA DOS SANTOS, MÉDICO EM_x000D_
 ITURAMA-MC</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/653/pr_09.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/653/pr_09.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO DE "REVISÃO E ATUALIZAÇÃO Do REGIMENTO INTERNO DAS_x000D_
 CÂMARAS MUNICIPAIS" A SER REALIZADO NA_x000D_
 CAPITAL BELO HORIZONTE-MG</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/654/pr_10.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/654/pr_10.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO DE "ORATÓRIA_x000D_
 PARA GESTORES PÚBLICOS" A SER REALIZADO NA_x000D_
 CAPITAL BELO HORIZONTE-MG</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/655/pr_11.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/655/pr_11.2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO ITURAMENSE AO_x000D_
 SENHOR OSÓRIO HONÓRIO DE OLIVEIRA,_x000D_
 FRENTISTA NO POSTO ASA BRANCA EM_x000D_
 ITURAMA MG</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/656/pr_12.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/656/pr_12.2017.pdf</t>
   </si>
   <si>
     <t>Fixa a despesa orçamentária da Câmara Municipal_x000D_
 de Iturama, Estado de Minas Gerais, para o exercício_x000D_
 financeiro de 2018.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/657/pr_13.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/657/pr_13.2017.pdf</t>
   </si>
   <si>
     <t>Altera os Arts. 125 e 203, da Resolução n° 08 de 17 de_x000D_
 Setembro de 1990, que "Dispõe sobre o Regimento_x000D_
 Interno da Câmara Municipal de Iturama, Estado de_x000D_
 Minas Gerais</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/658/pr_15.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/658/pr_15.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO DE "PLANO_x000D_
 PLURIANUAL DE AÇÕES - PRIMEIRO ANO DE_x000D_
 MANDATO GOVERNAMENTAL" A SER REALIZADO_x000D_
 NA CAPITAL BELO HORIZONTE-MG.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/659/pr_16.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/659/pr_16.2017.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução n° CM 170, de 17 de Janeiro de_x000D_
 2005, que "Dispõe sobre os serviços vinculados ao_x000D_
 exercício do mandato de vereador disponibilizados e_x000D_
 indenizados pela administração do Poder Legislativo_x000D_
 através do art. 11, da Resolução CM n° 159, de 20 de_x000D_
 setembro de 2004 e dá outras providências"</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pr_17.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pr_17.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO PROCESSO E_x000D_
 TECNICA LEGISLATIVA, A SER REALIZADO EM_x000D_
 BELO HORIZONTEIMG.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pr_18.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pr_18.2017.pdf</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE HONRA AO MÉRITO A DR._x000D_
 WELLINGTON ANDRAUS.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>CONCEDE O DIPLOMA DE MÉRITO DESPORTIVO AO_x000D_
 SENHOR MAURÍCIO LUIZ DE SOUZA.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/670/pr_20.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/670/pr_20.2017.pdf</t>
   </si>
   <si>
     <t>Acresce o § 8°, ao Artigo 95 da Resolução n° 08, de 17_x000D_
 de Setembro de 1990, que "Dispõe sobre Regimento_x000D_
 Interno da Câmara Municipal de Iturama, Estado de_x000D_
 Minas Gerais"</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/671/pr_21.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/671/pr_21.2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação do Relatório Final dos_x000D_
 trabalhos da Comissão Parlamentar de Inquérito -_x000D_
 CPI COPASA</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/672/pr_22.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/672/pr_22.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NA AUDIÊNCIA PÚBLICA_x000D_
 SOBRE "ALTURA DOS VEÍCULOS QUE_x000D_
 TRANSPORTAM ANIMAIS SEMOVENTES" A SER_x000D_
 REALIZADO NA CIDADE DE BRASÍLIA-DF</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/673/pr_23.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/673/pr_23.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO "FORMAÇÃO E_x000D_
 QUALIFICAÇÃO DO VEREADOR" A SER REALIZADO_x000D_
 NA CIDADE DE BRASÍLIA-DF.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/674/pr_24.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/674/pr_24.2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a proceder a_x000D_
 entrega dos bens móveis que menciona ao Poder_x000D_
 Executivo, do Município de Iturama MG.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/675/pr_25.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/675/pr_25.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO "O PAPEL DA_x000D_
 CÂMARA MUNICIPAL NO PLANO DIRETOR" A SER_x000D_
 REALIZADO NA CIDADE DE BELO HORIZONTE-MG</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/676/pr_26.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/676/pr_26.2017.pdf</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pr_27.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pr_27.2017.pdf</t>
   </si>
   <si>
     <t>Institui a "Identidade Funcional" dos_x000D_
 Vereadores e Servidores do Poder Legislativo_x000D_
 do Município de Iturama, Estado de Minas_x000D_
 Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pr_28.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pr_28.2017.pdf</t>
   </si>
   <si>
     <t>Altera o § 2°, do Artigo 294 da Resolução n° 08, de 17_x000D_
 de Setembro de 1990, que "Dispõe sobre Regimento_x000D_
 Interno da Câmara Municipal de Iturama, Estado de_x000D_
 Minas Gerais"</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/679/pr_29.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/679/pr_29.2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FILIAÇÃO DA_x000D_
 CÂMARA MUNICIPAL DE ITURAMA À_x000D_
 ASSOCIAÇÃO BRASILEIRA DE_x000D_
 CÂMARAS MUNICIPAIS."</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a proceder a_x000D_
 entrega dos bens móveis que menciona ao_x000D_
 Poder Executivo, do Município de Iturama_x000D_
 MG.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/681/pr_31.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/681/pr_31.2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO 100 CONGRESSO_x000D_
 BRASILEIRO DE CÂMARAS MUNICIPAIS, A SER_x000D_
 REALIZADO EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO CURSO_x000D_
 "FISCALIZAÇÃO E CONTROLE DO PODER_x000D_
 LEGISLATIVO", A SER REALIZADO EM BELO_x000D_
 HORIZONTE/MG.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/683/pr_33.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/683/pr_33.2017.pdf</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1033/pelom_01.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1033/pelom_01.2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica do Município de_x000D_
 Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>PELCM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1034/pelcm_01.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1034/pelcm_01.2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 257 da Lei_x000D_
 Orgânica do Município de Iturama._x000D_
 Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1035/pelcm_02.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1035/pelcm_02.2017.pdf</t>
   </si>
   <si>
     <t>Inclui o inciso XXIV, no art. 40, da Lei Orgânica_x000D_
 do Município de Iturama, Estado de Minas_x000D_
 Gerais.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1036/pelcm_03.2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1036/pelcm_03.2017.pdf</t>
   </si>
   <si>
     <t>Acresce o § 14 no art. 89 da Lei Orgânica do_x000D_
 Município de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/448/req.01-2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/448/req.01-2017.pdf</t>
   </si>
   <si>
     <t>- Reformar e melhor aparelhar o Prédio da Câmara Municipal, incluindo adequações normativas do Corpo De Bombeiros._x000D_
 - Equipar recepções dos prédios da Câmara e Plenário com cadastro de entrada, com foto e catracas de entrada e saída._x000D_
 - Equipar a entrada do Prédio do Plenário com Detector de Metais._x000D_
 - Qualificar, requalificar e capacitar os funcionários da Câmara_x000D_
 - Incentivar e viabilizar ensino superior, pós -graduação, Mestrado e doutorado de funcionários da Câmara._x000D_
 - Quando possível, adiantar pagamento de férias prêmio._x000D_
 - Rever aumento salarial dos funcionários da Câmara.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/447/req.15-2017.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/447/req.15-2017.pdf</t>
   </si>
   <si>
     <t>Seja elaborado um documento em defesa do mesmo, relacionado à matéria gravada pelo Senhor Prefeito Municipal no dia 07/11/2017 e levada pela Rádio Clube FM no dia seguinte, informando à população, de maneira inverídica, os motivos que levaram à não inclusão do Projeto de Lei n°.64/2017, de iniciativa do Poder Executivo, na pauta da 18. (décima oitava) Reunião Ordinária desta Casa, realizada no dia 06/11/2017.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3194,67 +3194,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/515/ind77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/516/ind78.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/517/ind79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/518/ind80.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/519/ind81.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/520/ind82.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/684/plc_01.2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/685/plc_02.2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/686/plc_03.2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/687/plc_04.2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/688/plc_05.2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/689/plc_06.2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/690/plc_10.2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/691/plc_12.2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/692/plc_13.2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/693/plc_14.2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/702/plc_15.2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/694/plc_16.2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/695/plc_17.2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/696/plc_20.2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/697/plc_21.2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/698/plc_22.2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/699/plc_23.2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/700/plc_24.2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/701/plc_25.2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/633/plccm_01.2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/634/plccm_02.2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/635/plccm_03.2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/637/plccm_05.2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/556/plo_01.2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/557/plo_02.2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/558/plo_03.2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/560/plo_05.2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/561/plo_08.2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/562/plo_09.2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/563/plo_11.2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/564/plo_12.2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/565/plo_14.2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/566/plo_15.2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/567/plo_16.2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/568/plo_17.2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/569/plo_18.2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/570/plo_19.2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/571/plo_20.2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/572/plo_21.2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/573/plo_22.2017_bj4twNF.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/574/plo_23.2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/575/plo_24.2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/576/plo_25.2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/577/plo_26.2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/578/plo_27.2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/579/plo_29.2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/580/plo_30.2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/581/plo_31.2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/582/plo_32.2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/583/plo_33.2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/584/plo_34.2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/585/plo_35.2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/586/plo_36.2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/587/plo_37.2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/588/plo_38.2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/589/plo_39.2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/590/plo_40.2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/591/plo_41.2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/592/plo_42.2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/593/plo_43.2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/594/plo_44.2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/595/plo_45.2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/596/plo_46.2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/365/48.2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/597/plo_49.2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/598/plo_52.2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/599/plo_53.2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/600/plo_54.2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/601/plo_55.2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/602/plo_56.2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/603/plo_57.2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/604/plo_58.2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/605/plo_59.2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/606/plo_60.2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/607/plo_61.2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/608/plo_62.2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/609/plo_63.2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/610/plo_65.2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/611/plo_66.2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/366/67.2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/612/plo_68.2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/613/plo_69.2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/614/plo_70.2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/615/plo_71.2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/616/plo_72.2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/617/plo_73.2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/618/plo_74.2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/619/plo_75.2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/620/plo_76.2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/621/plo_77.2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/622/plo_78.2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/703/plocm_01.2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/736/plocm_02.2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/704/plocm_03.2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/735/plocm_04.2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/705/plocm_07.2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/706/plocm_08.2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/707/plocm_09.2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/708/plocm_10.2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/709/plocm_11.2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/710/plocm_12.2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/712/plocm_14.2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/713/plocm_15.2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/714/plocm_16.2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/716/plocm_18.2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/717/plocm_19.2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/718/plocm_20.2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/723/plocm_21.2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/724/plocm_22.2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/725/plocm_23.2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/726/plocm_24.2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/737/plocm_25.2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/727/plocm_26.2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/728/plocm_27.2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/729/plocm_28.2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/722/plocm_29.2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/720/plocm_30.2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/721/plocm_31.2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/719/plocm_32.2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/638/pr_01.2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/639/pr_02.2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/640/plo_02.2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/648/pr_04.2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/649/pr_05.2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/650/pr_06.2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/651/pr_07.2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/652/pr_08.2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/653/pr_09.2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/654/pr_10.2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/655/pr_11.2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/656/pr_12.2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/657/pr_13.2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/658/pr_15.2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/659/pr_16.2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pr_17.2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pr_18.2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/670/pr_20.2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/671/pr_21.2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/672/pr_22.2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/673/pr_23.2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/674/pr_24.2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/675/pr_25.2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/676/pr_26.2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pr_27.2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pr_28.2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/679/pr_29.2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/681/pr_31.2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/683/pr_33.2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1033/pelom_01.2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1034/pelcm_01.2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1035/pelcm_02.2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1036/pelcm_03.2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/448/req.01-2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/447/req.15-2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/515/ind77.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/516/ind78.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/517/ind79.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/518/ind80.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/519/ind81.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/520/ind82.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/684/plc_01.2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/685/plc_02.2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/686/plc_03.2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/687/plc_04.2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/688/plc_05.2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/689/plc_06.2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/690/plc_10.2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/691/plc_12.2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/692/plc_13.2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/693/plc_14.2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/702/plc_15.2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/694/plc_16.2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/695/plc_17.2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/696/plc_20.2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/697/plc_21.2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/698/plc_22.2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/699/plc_23.2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/700/plc_24.2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/701/plc_25.2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/633/plccm_01.2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/634/plccm_02.2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/635/plccm_03.2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/637/plccm_05.2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/556/plo_01.2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/557/plo_02.2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/558/plo_03.2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/560/plo_05.2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/561/plo_08.2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/562/plo_09.2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/563/plo_11.2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/564/plo_12.2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/565/plo_14.2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/566/plo_15.2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/567/plo_16.2017.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/568/plo_17.2017.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/569/plo_18.2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/570/plo_19.2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/571/plo_20.2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/572/plo_21.2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/573/plo_22.2017_bj4twNF.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/574/plo_23.2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/575/plo_24.2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/576/plo_25.2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/577/plo_26.2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/578/plo_27.2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/579/plo_29.2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/580/plo_30.2017.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/581/plo_31.2017.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/582/plo_32.2017.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/583/plo_33.2017.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/584/plo_34.2017.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/585/plo_35.2017.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/586/plo_36.2017.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/587/plo_37.2017.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/588/plo_38.2017.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/589/plo_39.2017.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/590/plo_40.2017.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/591/plo_41.2017.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/592/plo_42.2017.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/593/plo_43.2017.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/594/plo_44.2017.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/595/plo_45.2017.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/596/plo_46.2017.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/365/48.2017.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/597/plo_49.2017.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/598/plo_52.2017.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/599/plo_53.2017.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/600/plo_54.2017.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/601/plo_55.2017.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/602/plo_56.2017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/603/plo_57.2017.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/604/plo_58.2017.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/605/plo_59.2017.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/606/plo_60.2017.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/607/plo_61.2017.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/608/plo_62.2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/609/plo_63.2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/610/plo_65.2017.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/611/plo_66.2017.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/366/67.2017.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/612/plo_68.2017.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/613/plo_69.2017.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/614/plo_70.2017.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/615/plo_71.2017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/616/plo_72.2017.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/617/plo_73.2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/618/plo_74.2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/619/plo_75.2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/620/plo_76.2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/621/plo_77.2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/622/plo_78.2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/703/plocm_01.2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/736/plocm_02.2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/704/plocm_03.2017.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/735/plocm_04.2017.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/705/plocm_07.2017.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/706/plocm_08.2017.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/707/plocm_09.2017.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/708/plocm_10.2017.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/709/plocm_11.2017.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/710/plocm_12.2017.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/712/plocm_14.2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/713/plocm_15.2017.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/714/plocm_16.2017.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/716/plocm_18.2017.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/717/plocm_19.2017.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/718/plocm_20.2017.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/723/plocm_21.2017.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/724/plocm_22.2017.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/725/plocm_23.2017.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/726/plocm_24.2017.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/737/plocm_25.2017.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/727/plocm_26.2017.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/728/plocm_27.2017.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/729/plocm_28.2017.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/722/plocm_29.2017.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/720/plocm_30.2017.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/721/plocm_31.2017.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/719/plocm_32.2017.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/638/pr_01.2017.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/639/pr_02.2017.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/640/plo_02.2017.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/648/pr_04.2017.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/649/pr_05.2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/650/pr_06.2017.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/651/pr_07.2017.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/652/pr_08.2017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/653/pr_09.2017.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/654/pr_10.2017.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/655/pr_11.2017.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/656/pr_12.2017.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/657/pr_13.2017.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/658/pr_15.2017.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/659/pr_16.2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/660/pr_17.2017.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/661/pr_18.2017.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/670/pr_20.2017.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/671/pr_21.2017.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/672/pr_22.2017.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/673/pr_23.2017.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/674/pr_24.2017.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/675/pr_25.2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/676/pr_26.2017.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pr_27.2017.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pr_28.2017.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/679/pr_29.2017.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/681/pr_31.2017.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/683/pr_33.2017.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1033/pelom_01.2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1034/pelcm_01.2017.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1035/pelcm_02.2017.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/1036/pelcm_03.2017.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/448/req.01-2017.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2017/447/req.15-2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H245"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="239.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>