--- v0 (2025-12-11)
+++ v1 (2026-03-25)
@@ -54,2271 +54,2271 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sérgio Aparecido Alves Bento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/1.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/1.pdf</t>
   </si>
   <si>
     <t>Que seja construído um busto em homenagem ao Sr. Alípio Soares_x000D_
 Barbosa em frente a fundação (Delfina A. Barbosa) hospital do povo.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/2.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/2.pdf</t>
   </si>
   <si>
     <t>A instalação de redutores de velocidade na avenida Alexandrita_x000D_
 próximo ao cruzamento da rua Goias.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/3.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/3.pdf</t>
   </si>
   <si>
     <t>A construção de um mini-terminal rodoviário, em AlexandritaMG</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/4.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/4.pdf</t>
   </si>
   <si>
     <t>Que seja construído uma academia ao ar livre no residencial Bella_x000D_
 Vista.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>José Pichioni Filho</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/5.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/5.pdf</t>
   </si>
   <si>
     <t>Que seja prolongado a iluminação do trevo Auto Posto Pamplona_x000D_
 ate no trevo do parque de exposições.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>José Ivaldo Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/6.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/6.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 276/2018 que solicita ao Sr. Prefeito Municipal, que seja feito a limpeza_x000D_
 dos lotes dos bairros Viva Mais I e II, e manutenção na iluminação pública.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/7.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/7.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n° CM 117/2017 que solicita ao Sr. Prefeito Municipal, que proceda o asfaltamento da Av. José de Freitas Nunes, Rua 8 no Bairro Califórnia ate ao Bairro Morada do Sol, bem como a implantação da iluminação pública.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/8.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/8.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 75/2017 que solicita ao Sr. Prefeito Municipal, o recapeamento da Av._x000D_
 ITC no Bairro Jardim Boulanger.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/9.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/9.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação nº CM 239/2018 que solicita ao Sr. Prefeito Municipal, o recapeamento da av. Campina Verde entre Rua Goiás até a Rua Primeiro de Janeiro.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/10.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/10.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 45/2017 que solicita ao Sr. Prefeito Municipal, implantação de energia_x000D_
 elétrica na Av. Santa Izabel nas proximidades das Av. João Paulo II ate Av._x000D_
 João XXIII no Bairro Bom Sucesso, bem como a recuperação do asfalto na_x000D_
 mesma via pública.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/11.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/11.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 20/2019 que solicita ao Sr. Prefeito Municipal, que envie 01 (um) auxiliar_x000D_
 de limpeza aos sábados e aos domingos para a realização de higienização dos_x000D_
 banheiros na feira livre municipal de Iturama-MG.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/12.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/12.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação no_x000D_
 CM 144/2017 que solicita ao Sr. Prefeito Municipal, que proceda a construção_x000D_
 de um Ponto de Apoio com banheiros, bancos e bebedouros para os estudantes_x000D_
 que ficam a espera dos ônibus que viajam para outras cidades, visando assim a_x000D_
 segurança e conforto para os mesmos.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/13.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/13.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação no_x000D_
 CM 130/2017 que solicita ao Sr. Prefeito Municipal, a realização de uma_x000D_
 Campanha de Castração de cães e gatos em nosso município.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1091/14.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1091/14.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 231/2018 que solicita ao Sr. Prefeito Municipal, 01 (um) carro para_x000D_
 ofertar assistência, Casa de Apoio de Barretos/SP, aos pacientes com câncer e_x000D_
 acompanhante quando necessário.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1092/15.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1092/15.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 11/2019 que solicita ao Sr. Prefeito Municipal, aquisição de 01 (urna)_x000D_
 VAN para transporte dos pacientes do CAPS (Centro de Atenção_x000D_
 Psicossocial), para melhor acomodação durante o transporte.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1093/16.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1093/16.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação no_x000D_
 CM 105/2019 que solicita ao Sr. Prefeito Municipal, que seja realizado urna_x000D_
 reforma no Posto de Saúde de Alexandrita.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1094/17.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1094/17.pdf</t>
   </si>
   <si>
     <t>Que seja realizado uma reforma na Escola Municipal Dalva_x000D_
 Barbosa Garrido.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/18.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/18.pdf</t>
   </si>
   <si>
     <t>Que seja realizado sinalização vertical e horizontal no bairro_x000D_
 Viva Mais I e ll.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/19.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/19.pdf</t>
   </si>
   <si>
     <t>Que seja construído urna rotatória no cruzamento das ruas Turim_x000D_
 com a rua Florença no bairro Viva Mais I.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/20.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/20.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 44/2017 que solicita ao Sr. Prefeito Municipal, a ornamentação com_x000D_
 plantas do canteiro central na Av. Ayrton Senna do Brasil no Bairro Bom_x000D_
 Sucesso com Bairro Baiano Cirino.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1098/21.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1098/21.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação no_x000D_
 CM 47/2017 que solicita ao Sr. Prefeito Municipal, aquisição de urna_x000D_
 ambulância nova para transportar pacientes cadeirantes para fisioterapia ao_x000D_
 ambulatório.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1099/22.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1099/22.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a indicação n°_x000D_
 CM 117/2017 que solicita ao Sr. Prefeito Municipal, o asfaltamento da Av._x000D_
 José de Freitas Nunes, da Rua 8 no Bairro Califórnia ate o Bairro Morada do_x000D_
 Sol, bem corno a implantação da iluminação pública.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Paulinho Dias, Fabricio Adão Dias Amaral</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1100/23.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1100/23.pdf</t>
   </si>
   <si>
     <t>No sentido de reiterar a_x000D_
 indicação n° CM 380/2017 que solicita ao Sr. Prefeito Municipal, através da_x000D_
 Secretaria competente, para que retorne com os serviços de Fumace em nosso_x000D_
 município.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/24-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/24-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação no. CM 33/2017 que solicita ao Sr. Prefeito Municipal, a sinalização com placas, para identificação das ruas e avenidas de nossa cidade.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/25-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/25-2020.pdf</t>
   </si>
   <si>
     <t>que seja construído uma praça no Residencial Vera Lúcia I.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/26-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/26-2020.pdf</t>
   </si>
   <si>
     <t>que seja instalado placa de orientação de destino, para identificar os locais de interesse, como aeroporto, hospitais e rodoviária.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Ana Lúcia</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/27-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/27-2020.pdf</t>
   </si>
   <si>
     <t>a instalação de um novo refletor de iluminação na lateral externa da Casa da Memória e que seja feita a manutenção dos refletores de iluminação já existentes, para que melhore a iluminação do local e garanta a segurança dos moradores da regido.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/28-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/28-2020.pdf</t>
   </si>
   <si>
     <t>a construção de um novo cruzeiro das almas, para o Cemitério de Alexandrita, pois o que já existe, está danificado e este cruzeiro é símbolo de fé e devoção, bastante tradicional naquele lugar.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/29-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/29-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 178/2017 que solicita ao Sr. Prefeito Municipal, a criação do programa "Cidade Limpa" em nosso município, com a finalidade de recolher entulhos, móveis velhos, eletroportáteis, pneus velhos, dentre outros materiais em toda cidade, com calendário mensal e horários estabelecidos.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/30-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/30-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 297/2017 que solicita ao Sr. Prefeito Municipal, a construção de uma academia ao ar livre e a iluminação adequada na Praça Santa Rosa.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/31-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/31-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 172/2017 que solicita ao Sr. Prefeito Municipal, a contratação de 01 (um) Zelador e 01 (um) Guarda Municipal para trabalharem na Praça Antônio Ferreira Barbosa (Praça do Fórum), de nossa cidade.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/32-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/32-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 368/2017 que solicita ao Sr. Prefeito Municipal, o recapeamento asfáltico da Rua Canápolis, começando na Av. Alencastro até a Av. Mato Grosso de nossa cidade.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/33-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/33-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 375/2017 que solicita ao Sr. Prefeito Municipal, que destine um local em nossa cidade para atendimento médico das crianças portadoras de deficiências e necessidades especiais.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/34-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/34-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 437/2017 que solicita ao Sr. Prefeito Municipal, a construção de rampas de acesso para cadeirantes em todas as escolas do nosso município.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/35-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/35-2020.pdf</t>
   </si>
   <si>
     <t>que estude a possibilidade de colocar cadeiras de rodas em escolas municipais, igrejas, rodoviárias e hospitais em nosso Município.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Carlos Alberto Corréa da Silva</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/36-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/36-2020.pdf</t>
   </si>
   <si>
     <t>a doação/distribuição de uniformes na Creche Deus Menino.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/37-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/37-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de solicitar ao Sr. Prefeito Municipal, que seja colocado um corrimão na escada que fica na praça do Fórum, entre a Av. Campina Verde e a Rua Frutal.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/38-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/38-2020.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/39-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/39-2020.pdf</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/40-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/40-2020.pdf</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/41-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/41-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 150/2017 que solicita ao Sr. Prefeito Municipal, a possibilidade de construção de uma praça com área de lazer no Bairro Califórnia, em nosso município.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Francisco Freitas Filho</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/42-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/42-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 239/2019 que solicita ao Sr. Prefeito Municipal, a realização da Iluminação no canteiro central de toda extensão da ay. José Pádua de Queiroz.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Renato José dos Reis, Fabricio Adão Dias Amaral, Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/43-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/43-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 206/2018 que solicita ao Sr. Prefeito Municipal, a construção de 01 (um) galpão de espera, ao lado da feira livre municipal, na ay. Ayrton Senna do Brasil, para os trabalhadores que utilizam o transporte rodoviário.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/44-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/44-2020.pdf</t>
   </si>
   <si>
     <t>que seja determinado sentido único na rua Rio Bonito, entre a Av. Boa Esperança e João Mateus.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/45-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/45-2020.pdf</t>
   </si>
   <si>
     <t>que seja feita a sinalização horizontal e vertical no distrito de Alexandrita.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1136/46-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1136/46-2020.pdf</t>
   </si>
   <si>
     <t>que seja disponibilizado profissionais capacitados para fazer a vacinação dos idosos na Zona Rural do nosso Município.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/47-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/47-2020.pdf</t>
   </si>
   <si>
     <t>junto ao departamento competente, a instalação em regime de urgência, redutores de velocidade na Av. Jandira Gouveia Franco Teixeira com a Av. João Secundino de Queiroz.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/48-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/48-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 184/2017 que solicita ao Sr. Prefeito Municipal, a construção de uma praça com área de lazer no bairro Nossa Senhora Aparecida de nossa cidade.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/49-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/49-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 177/2018 que solicita ao Sr. Prefeito Municipal, o asfaltamento da viela entre a Avenida Ayrton Senna e a rua João Paulo II, ao lado do buracão e casinha da copasa.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/50-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/50-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 196/2018 que solicita ao Sr. Prefeito Municipal, a instalação de lampadas Leds no ç]lugar das lampadas convencionais, nas principais avenidas: Av. José de Freitas Nunes (Juca Chique); Av. Ayrton Senna do Brasil; Av. Alexandrita; Av. Prefeito Juca Pádua.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/51-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/51-2020.pdf</t>
   </si>
   <si>
     <t>a doação de máscaras ao COVID-19. 0 uso constante da máscara dificulta a propagação do vírus e a doação das mesmas é de primordial importância, haja vista que a população não está tendo condições financeiras de adquirir as mesmas. Seria viável, inclusive que se acionasse a Secretaria competente para desenvolver um programa de confecção de máscaras, assim não desabasteceria os hospitais que necessitam das máscaras cirúrgicas, e teria um custo bastante acessível para os cofres municipais. 0 dispositivo não eliminará a obrigação do isolamento social e da higiene das mãos, mas será mais um reforço na luta contra a pandemia.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Renato José dos Reis, Sérgio Aparecido Alves Bento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1129/52-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1129/52-2020.pdf</t>
   </si>
   <si>
     <t>a uma perfuração de um poço artesiano no bairro Alcides Veríssimo.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1130/53-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1130/53-2020.pdf</t>
   </si>
   <si>
     <t>a uma perfuração de um poço artesiano na praça da Igreja do Bairro São Miguel.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1131/54-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1131/54-2020.pdf</t>
   </si>
   <si>
     <t>com urgência, das lâmpadas e manutenção da rede do Bairro Floresta, que se encontra quase que na sua totalidade às escuras, postes apagados, chegando inúmeras reclamações dos moradores que se dizem lesados, haja vista que arcam com a taxa de iluminação pública e estão expostos a acidentes, ações de criminosos que aproveitam de ambientes mal iluminados e ainda a todos os problemas que a escuridão acarreta. Ressalta-se, também, que a população usufrui de caminhadas pelo bairro e justamente agora, que estão precisando fazer atividades físicas ao ar livre e sem aglomeração de gente; isto não está sendo possível devido à escuridão do Bairro.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Fabricio Adão Dias Amaral, Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1132/55-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1132/55-2020.pdf</t>
   </si>
   <si>
     <t>instalações de Tendas em frente ao Banco Caixa Econômica Federal, com cadeiras, seguindo com TODAS AS MEDIDAS CORRETAS, e distanciamento entre pessoas, de acordo com a solicitações feita pela OMS.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1133/56-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1133/56-2020.pdf</t>
   </si>
   <si>
     <t>Anistia, Isenções de multas e juros sobre o Imposto IPTU. Para os Inadimplentes com débitos dos anos anteriores em questão.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1134/57-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1134/57-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 272/2018 que solicita ao Sr. Prefeito Municipal , a possibilidade de fazer calçada na Av: Castro Roma.° da Rua:1 no bairro Iturama 1(255 casas) até as proximidades do ferro velho Iturama.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1135/58-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1135/58-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 196/2018 que solicita a instalação de lâmpadas Leds no lugar das lâmpadas convencionais, nas principais avenidas: Av. José de Freitas Nunes (Juca Chique); Av. Ayrton Senna Do Brasil.; Av. Alexandrita; Av. Prefeito Juca Pádua.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1137/59-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1137/59-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 115/2017 que solicita a construção da calçada na Rua I, do Bairro Iturama I (255 casas) entre a Av. José de Freitas Nunes (Juca Chik) até a Rua "B" do Bairro Santa Helena.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1138/60-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1138/60-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 45/2017 que solicita implantação de energia elétrica na Av. Santa Izabel nas proximidades das Av. Joao Paulo II até Av. João XXIII no Bairro Bom Sucesso, bem corno a recuperação do asfalto na mesma via pública.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1139/61-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1139/61-2020.pdf</t>
   </si>
   <si>
     <t>fazer tapa buraco na rua 01 (marginal) no bairro Itália, perto da subestação de energia.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1140/62-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1140/62-2020.pdf</t>
   </si>
   <si>
     <t>disponibilizar álcool gel nas repartições públicas como, Velório Municipal e Pronto Socorro.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1141/63-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1141/63-2020.pdf</t>
   </si>
   <si>
     <t>sinalização horizontal e vertical nos cruzamentos das avenidas, João Secundino de Queiroz com a Av. Jandira Gouveia Franco Queiroz, no_x000D_
 bairro Nossa Senhora Aparecida e o bairro Villagio.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1142/64-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1142/64-2020.pdf</t>
   </si>
   <si>
     <t>que seja feita uma força tarefa no sentido de colocar tendas e disponibilizar cadeiras com espaçamento necessário em frente as lotéricas de nossa cidade, para proteger os cidadãos que estão enfrentando grandes filas, expostos ao sol e correndo risco de maior contagio.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1143/65-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1143/65-2020.pdf</t>
   </si>
   <si>
     <t>colocar tendas e disponibilizar cadeiras com espaçamento necessário frente ao Banco Itaú, para proteger os cidadãos que estão enfrentando grandes filas, expostos ao sol e correndo risco de maior contágio.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1144/66-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1144/66-2020.pdf</t>
   </si>
   <si>
     <t>com urgência, que seja colocado mais postes de iluminação, e a troca das lâmpadas queimadas da parte interna do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1145/67-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1145/67-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 28/2019 que solicita ao Sr. Prefeito, a construção de uma praça no Bairro Amazonas e parque infantil.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1146/68-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1146/68-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação no CM 311/2017 que solicita a possibilidade de disponibilizar um Assistente Social para o Conselho Tutelar de nossa cidade.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/69-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/69-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 335/2017 que solicita a criação de um selo identificativo para os diversos produtores oriundos do município de Iturama.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1148/70-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1148/70-2020.pdf</t>
   </si>
   <si>
     <t>que seja colocado 02 (dois) postes, e iluminação pública na Rua 01 no bairro Iturama I, (255 casas) nas proximidades do córrego e bairro Santa Helena.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/71-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/71-2020.pdf</t>
   </si>
   <si>
     <t>que seja feito 02 (duas) faixas elevada de pedestres, na rua 15 (quinze) no bairro Diogenes de Souza (200 casas).</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/72-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/72-2020.pdf</t>
   </si>
   <si>
     <t>para que seja roçada as margens da rodovia MGC 497, que liga Iturama ao distrito de Alexandrita.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1184/73-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1184/73-2020.pdf</t>
   </si>
   <si>
     <t>que faça uma fiscalização em toda a cidade, e posteriormente a execução de Extensões de Redes Elétrica com todos componentes necessários_x000D_
 para iluminação pública, em especial na Rua 26 (de frente ao N° 1111), esquina com Av: Joaquim Patrício no Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/74-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/74-2020.pdf</t>
   </si>
   <si>
     <t>Adicional de Insalubridade no Grau Máximo de 40%, a todos envolvidos, (Agentes de Saúde do Município de Iturama), no combate à Covid-19.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/75-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/75-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 43/2018 que solicita que seja feito melhorias na iluminação das ruas; Seis Irmãos e Alencastro, Próximo ao Córrego do "Quati".</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/76-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/76-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 32/2017 que solicita a construção da calçada, da Vila Olímpica na Avenida Alexandrita entre as ruas: Alameda dos Atletas e Rua Itapagipe.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/77-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/77-2020.pdf</t>
   </si>
   <si>
     <t>que seja roçado o campinho de futebol do bairro Tiradentes.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1189/78-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1189/78-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 399/2017 que proceda a alteração do sentido de trânsito nas ruas do Bairro Santa Rosa, devendo torná-las mão de sentido único de direção.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/79-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/79-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação CM 06/2018 a cobertura e reforma da quadra do Bairro Antônio Bráulio.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/80-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/80-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação CM 221/2019 a implantação de faixas refletivas em todas as placas de trânsito impedido da administração municipal.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/81-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/81-2020.pdf</t>
   </si>
   <si>
     <t>a possibilidade da construção de uma praça com área de lazer, academia ao ar livre e parque para as crianças, no Bairro Califórnia, em nosso município.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/82-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/82-2020.pdf</t>
   </si>
   <si>
     <t>que seja realizado a limpeza constantemente das praças do Centro de Iturama-MG, bairros e Distritos.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/83-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/83-2020.pdf</t>
   </si>
   <si>
     <t>no sentido de reiterar a indicação n° CM 225/2017 fazer pavimentação da calçada ao lado da casa da criança, Rua Dom Pedro, Bairro São Miguel.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/84-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/84-2020.pdf</t>
   </si>
   <si>
     <t>que seja colocado postes de energia elétrica em frente ao prédio da U F T M.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/85-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/85-2020.pdf</t>
   </si>
   <si>
     <t>a construção de uma cela só para mulheres onde elas podem ficar separadas dos homens.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1197/86-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1197/86-2020.pdf</t>
   </si>
   <si>
     <t>que seja, EXPEDIDO DECRETO EM CARÁTER DE URGÊNCIA, no sentido de postergar a data de vencimento do IPTU do exercício fiscal do ano de 2020 para o mês de dezembro, sem o acréscimo de multas e juros moratórios, com o desconto previsto para o pagamento dentro do prazo legal, bem como, oficiar as instituições financeiras para que recebam os boletos de pagamentos referentes ao tributo mencionado após a data de vencimento prevista nos boletos já expedidos. Cumpre esclarecer que tal medida atende aos parâmetros legais previstos no Código Tributário Brasileiro, bem como, da Constituição Federal, guardando correspondência com a legalidade infraconstitucional e constitucional do ordenamento jurídico pátrio, consciente consulta jurídica anexa.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/87-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/87-2020.pdf</t>
   </si>
   <si>
     <t>a possibilidade da criação do (Kit Insulina), e que ele seja entregue aos pacientes em suas casas, evitando que eles tenham que se deslocar até as Unidades Básicas de saúde evitando também aglomeração.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/88-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/88-2020.pdf</t>
   </si>
   <si>
     <t>a execução do calçamento total, ampliação, (aumento) da área do cemitério e a Ampliação do muro de contenção do Cemitério Municipal de Iturama.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/89-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/89-2020.pdf</t>
   </si>
   <si>
     <t>a possibilidade de transformação da Unidade do Corpo de Bombeiros "pelotão" possa a ser elevada a Companhia Independente, visando melhorias e qualidade e agilizar o atendimento 6. população de Iturama e Regido, dando condição e autonomia aos trabalhos, com possibilidades de aumento de viaturas e números de bombeiros em nosso município.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/90-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/90-2020.pdf</t>
   </si>
   <si>
     <t>a necessidade de fazer um calçamento no canteiro central da Av. D. Pedro II, um serviço que favorece a realização de caminhadas e a travessia de pedestre. A implantação de calçadas naquele local.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/91-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/91-2020.pdf</t>
   </si>
   <si>
     <t>a construção de canaletas para escoamento de água em todas as esquinas das Avenidas, ruas e logradouros do Centro e Bairros do nosso município.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/92-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/92-2020.pdf</t>
   </si>
   <si>
     <t>que faça análise e estudo de colocação de tachões de trânsito na Av. Prefeito Juca Pádua desde seu início, próximo a Prefeitura, até o final da avenida Sagrado Coração.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/93-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/93-2020.pdf</t>
   </si>
   <si>
     <t>a possibilidade de que sejam designados três servidores municipais, preferencialmente atuantes na vigilância sanitária, para estarem aos sábados, domingos e feriados para estarem rodando a cidade e orientar as pessoas para que não se aglomerem e respeitem as normas sanitárias vigentes.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/94-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/94-2020.pdf</t>
   </si>
   <si>
     <t>que seja feita a instalação de iluminação da praça José Atadeu (Bitelo) no bairro Alcides Veríssimo.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/95-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/95-2020.pdf</t>
   </si>
   <si>
     <t>que proceda a troca das lâmpadas tradicionais por do tipo LED em todas Praças, do centro e bairros do nosso município inclusive o Distrito de Alexandrita tanto nos postes em seu entorno quanto em seu interior.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/96-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/96-2020.pdf</t>
   </si>
   <si>
     <t>a construção dos passeios públicos e instalação de iluminação na parte do cemitério que recentemente foi acrescentada.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Paulinho Dias, Fabricio Adão Dias Amaral, José Pichioni Filho</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/01-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/01-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao Tenente-coronel BM ANDERSON PASSOS DE SOUZA e toda equipe do Corpo de Bombeiros de Uberaba - 8° Batalhão de Bombeiros Militar — CBMMG, pelos serviços prestados de helicóptero na saúde, resgatando vidas.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/02-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/02-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao LUCIANO LACERDA DE OLIVEIRA e ao IVONIR MARQUES DE OLIVEIRA, em reconhecimento pelo trabalho e o brilhante atendimento a Câmara dos vereadores de Iturama-MG.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/03-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/03-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao CB PM Kleber Hermenegildo de Andrade, pelo ato de heroísmo no salvamento da criança Pedro Henrique Barbosa Garcia, orientando a mãe do bebê, através do telefone 190, a realizar procedimentos de primeiros socorros que salvaram a vida de seu filho, de 11 meses, o qual estava engasgado, apresentando comprometimento nos sinais vitais.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/04-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/04-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao DR. NILSON MARÃO BARACAT Delegado Regional de Policia Civil da 4° Delegacia Regional de Policia Civil - Iturama-MG, pelos seus belos serviços prestados a Iturama e Regido.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/05-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/05-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO a empresa JBS S/A-Iturama-MG, por toda sua preocupação com os usuários e profissionais na prevenção da COVID-19 de Iturama e Regido.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/06-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/06-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO a empresa USINA CORURIPE DE ITURAMA-MG, por toda sua preocupação com os usuários e profissionais na prevenção da COVID-19 de Iturama e Regido.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/07-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/07-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO a senhora LUZIA DE ALMEIDA MATTOS, pelo auxilio prestado aos pacientes e funcionários da saúde e da administração pública de Iturama e Regido.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/08-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/08-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO aos senhores ALISON VINHÁTICO DE SOUZA e VICTOR DA SILVA BATISTA pelos serviços prestados junto a empresa SEBA — Construções e Serviços na troca de lâmpadas queimadas e equipamentos de iluminação em Iturama-MG e Regido.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>Adebaldo Borges de Freitas, Ana Lúcia, Carlos Alberto Corréa da Silva, Fabricio Adão Dias Amaral, Francisco Freitas Filho, José Ivaldo Barbosa, José Pichioni Filho, Paulinho Dias, Renato José dos Reis, Ricardo Baiano, Sérgio Aparecido Alves Bento, Tião Tiago, Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1240/09-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1240/09-2020.pdf</t>
   </si>
   <si>
     <t>que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO aos 3° SGT JORGE PAULA VIEIRA, 3° SGT MATHEUS GONÇALVES, CB RUDIELE ALMEIDA SEVERINO SANTOS, CB MATHEUS GUIMARÃES DE CASTRO e SD GEISLON MARCELO TOMAZ MACEDO em reconhecimento aos serviços prestados a população, beneficiando a queda do índice de criminalidade em Iturama-MG e Região.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/plc_01.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/plc_01.2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do artigo 105, e §1º, §2º, §3º e_x000D_
 acresce-se os §4º, §5º, §6º na Lei Municipal n° 2.692 de 11 de setembro de 1992, que_x000D_
 dispõe sobre o Estatuto dos Servidores Públicos do Município, das Autarquias e das_x000D_
 Fundações Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/plc_02.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/plc_02.2020.pdf</t>
   </si>
   <si>
     <t>"Aumenta o número de vagas dos cargos mencionados,_x000D_
 constantes no Anexo I, da Lei Complementar n° 75, de 23 de março de 2015".</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/plc_03.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/plc_03.2020.pdf</t>
   </si>
   <si>
     <t>"ALTERA E ACRESCE DISPOSIÇÕES NA LEI_x000D_
 Nº 2.228, DE 26 DE NOVEMBRO DE 1984, QUE "INSTITUI O CÓDIGO_x000D_
 TRIBUTÁRIO DO MUNICÍPIO DE ITURÁMA", E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/plc_05.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/plc_05.2020.pdf</t>
   </si>
   <si>
     <t>"Aumenta o número de vagas dos cargos mencionados,_x000D_
 constantes no Anexo I, da Lei Complementar n 75, de 23 de março de 2015".</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/plc_06.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/plc_06.2020.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do "caput" e do § 2°, do Art. 20, renumera o parágrafo único e acresce os § 2° a 7°, no art. 30, e altera a redação do "caput" do Art. 40, da Lei Complementar n° 108, de 12 de junho de 2017, que "Estabelece normas para instauração, desenvolvimento e conclusão de Processo Disciplinar relativo aos Servidores do  Município de Iturama, Estado de Minas Gerais", e dá outras providências".</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/plc_07.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/plc_07.2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Organização do Sistema Municipal de_x000D_
 Defesa do Consumidor — SMDC estrutura a Coordenadoria Municipal de Proteção e Defesa do Consumidor — PROCON, o Conselho Municipal de Proteção e Defesa do Consumidor - CONDECON e o Fundo Municipal de Proteção e Defesa do_x000D_
 Consumidor - FMDC, e dá outras providências."</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/plc_08.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/plc_08.2020.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo I da Lei Complementar n 75, de 23 de_x000D_
 março de 2015, que "Dispõe sobre a implantação do Plano de Cargos, Carreiras e Vencimentos da Prefeitura Municipal de Iturarna, Estado de Minas Gerais e altera estrutura organizacional da Prefeitura Municipal de Iturama e dá outras proividências".</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/plc_09.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/plc_09.2020.pdf</t>
   </si>
   <si>
     <t>"Acresce disposições na Lei n° 2.692/1992 que "DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PIJBLICOS DO MUNICÍPIO, DAS_x000D_
 AUTARQUIAS E DAS FUNDAÇÕES MUNICIPAIS" e dá outras providências".</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/plc_10.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/plc_10.2020.pdf</t>
   </si>
   <si>
     <t>Altera e acresce disposições na Lei nº 2.228, de 26 de_x000D_
 novembro de 1.984 que "INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ITURAMA", e dá outras providências.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>PLCCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar CM</t>
   </si>
   <si>
     <t>Fabricio Adão Dias Amaral</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1062/plccm_01.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1062/plccm_01.2020.pdf</t>
   </si>
   <si>
     <t>Inclui a alínea "c", no inciso 1, do artigo 15, da Lei Complementar n° 07, de 23 de Dezembro de 2003 que "Institui o Código de Parcelamento do Solo no_x000D_
 Município de Iturama e dá outras providências</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/plccm_02.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/plccm_02.2020.pdf</t>
   </si>
   <si>
     <t>"ALTERA E ACRESCE DISPOSIÇÕES NA LEI Nº_x000D_
 2.228, de 26 DE NOVEMBRO DE 1984 QUE_x000D_
 "INSTITUI CÓDITO TRIBUTÁRIO DO_x000D_
 MUNICÍPIO DE ITURAMA" E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/plccm_03.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/plccm_03.2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação e acrescenta Parágrafo Único_x000D_
 ao artigo 48, da Lei Complementar n° 93, de 22_x000D_
 de dezembro de 2016.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/plccm_04.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/plccm_04.2020.pdf</t>
   </si>
   <si>
     <t>Revoga e altera disposições da Lei n° 2.228 de_x000D_
 26 de novembro de 1984 que "Institui o_x000D_
 Código Tributário do Município de Iturama,_x000D_
 Estado de Minas Gerais", e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Anderson Bernades de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1063/plo_01.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1063/plo_01.2020.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual na forma do inciso X, do Art.37, da_x000D_
 constituição Federal aos servidores públicos municipais e dá outras providências</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/plo_02.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/plo_02.2020.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual na forma do inciso X, do Art. 37, da_x000D_
 constituição Federal ao vencimento dos Professores de Educação_x000D_
 Básica - PEB I e PEB II, pertencente ao Quadro do Magistério Público Municipal e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/plo_03.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/plo_03.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE GRATIFICAÇÃO AOS_x000D_
 COMPONENTES DA BANDA MUNICIPAL SANTA ROSA DE LIMA, DE_x000D_
 ITURAMA-MG</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/plo_04.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/plo_04.2020.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento do Exercício Financeiro de 2020 e dá outras providências".</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/plo_05.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/plo_05.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidades que especifica, e dá outras providências".</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/plo_07.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/plo_07.2020.pdf</t>
   </si>
   <si>
     <t>"Autoriza Poder Executivo Municipal a receber e a repassar à APAE - (Associação de Pais e Amigos dos Excepcionais de Iturama/MG), os recursos financeiros nos valores especificados, que lhe são transferidos através do FUNDEB, e dá outras providências".</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/plo_08.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/plo_08.2020.pdf</t>
   </si>
   <si>
     <t>"Autoriza Poder Executivo Municipal a receber e a repassar à Creche Deus Menino de lturama/MG, os recursos financeiros nos valores especificados, que lhe são transferidos através do FUNDEB, e dá outras providências".</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/plo_09.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/plo_09.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar no Orçamento do Exercício Financeiro de 2.020 e dá outras providências.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/plo_10.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/plo_10.2020.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do inciso II do Art. 12 da Lei n° 4.809, de 28 de junho de 2019 que "Dispõe sobre as diretrizes orçamentárias para o exercício_x000D_
 de 2020", e o Art. 70 da Lei n° 4.859 de 17 de dezembro 2019 que "Estima a receita e fixa a despesa do município de Iturama, Estado de Minas Gerais, para o exercício financeiro de 2020 e dá outras providências".</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/plo_11.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/plo_11.2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/plo_12.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/plo_12.2020.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidades que especifica, e dá outras providências".</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/plo_13.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/plo_13.2020.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a antecipar parcela de pagamento aos transportadores de alunos do ensino fundamental e médio como medida excepcional para a manutenção do equilíbrio econômico-financeiro da empresa, para futura compensação, em face da declaração de calamidade pública e a suspensão das aulas durante a pandemia do coronavírus"</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2421/plo_14_28_05_2020_000168.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2421/plo_14_28_05_2020_000168.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer a doação do imóvel público sem benfeitorias que menciona à Universidade Federal do Triângulo Mineiro - UFTM, para instalação da "Escola Fazenda", necessária para a execução das atividades do curso de graduação em Agronomia.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/plo_16.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/plo_16.2020.pdf</t>
   </si>
   <si>
     <t>"Altera o Art. 2°, da Lei n° 4.875, de 21 de Maio de 2020 e dá outras providências".</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2423/plo_17_2020_000181.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2423/plo_17_2020_000181.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidades que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/plo_18.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/plo_18.2020.pdf</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2424/anexo_plo_21_2020_000185.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2424/anexo_plo_21_2020_000185.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER, EM DAÇÃO EM PAGAMENTO, IMÓVEL URBANO QUE MENCIONA.</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2425/plo_22__2020_000188.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2425/plo_22__2020_000188.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber, em dação em pagamento, imóveis urbanos que menciona.</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2466/plo_23_2020_000240.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2466/plo_23_2020_000240.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros à entidades que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2467/plo_24_2020_000245.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2467/plo_24_2020_000245.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 4.836 de 09 de Outubro de 2019.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2468/plo_26_2020_000250.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2468/plo_26_2020_000250.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Iturama a firmar termo de cooperação com a CDL — Câmara de Dirigentes Lojistas de Iturama e dá outras providências.</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2469/plo_28_2020_000254.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2469/plo_28_2020_000254.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "ANAÉS ALVES SAMPAIO", a atual Rua Ildeovan Bernardes de Oliveira, do Distrito Industrial Alceu Correa de Queiroz, neste município de Iturama, Estado de Minas Gerais, e dá outras providencias".</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2470/plo_29_2020_000259.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2470/plo_29_2020_000259.pdf</t>
   </si>
   <si>
     <t>Altera a redação do §3° do artigo 10, da Lei n° 4.149, de 23 de dezembro de 2011, e dá outras providências.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2471/pl_30_2020_000267.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2471/pl_30_2020_000267.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1°, da Lei n° 4.891, de 06 de agosto de 2020".</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2472/pl_31_2020_000270.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2472/pl_31_2020_000270.pdf</t>
   </si>
   <si>
     <t>Dá denominação de "SÔNIA MADALENA FREITAS CAMARGO", ao trevo localizado As margens da rodovia BR-497, com acesso também pela Av. Alexandrita, neste município de Iturama, Estado de Minas Gerais e dá outras providências".</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2473/pl_32_2020_000273.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2473/pl_32_2020_000273.pdf</t>
   </si>
   <si>
     <t>Altera artigo 1º da Lei nº 4891 de 06 de agosto de 2020.</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2422/plo_36_2020_000176.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2422/plo_36_2020_000176.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas Município de Iturama MG, para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2474/pl_37_2020_000276.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2474/pl_37_2020_000276.pdf</t>
   </si>
   <si>
     <t>ALTERA  ART  1º DA LEI Nº 4891 06 AGOSTO 2020</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2475/pl_38_2020_000279.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2475/pl_38_2020_000279.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 CHEFE DO PODER EXECUTIVO MUNICIPAL A REALIZAR DESAPROPRIAÇÃO POR UTILIDADE PÚBLICA E A COMPENSAR TRIBUTOS COMO INDENIZAÇÃO NA DESAPROPRIAÇÃO DA ÁREA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2476/anexo_pl_40_2020_000284.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2476/anexo_pl_40_2020_000284.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar um imóvel urbano, para o Poder Legislativo Municipal, e dá outras providências</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>PLOCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária CM</t>
   </si>
   <si>
     <t>Mesa Diretora da 4ª Sessão Legislativa da 18ª Legislatura</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/plocm_01.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/plocm_01.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual na forma do inciso X, do_x000D_
 art. 37, da Constituição Federal ao vencimento dos_x000D_
 servidores públicos do Poder Legislativo do Município de_x000D_
 lturama/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/plocm_02.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/plocm_02.2020.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO I DA LEI N° 3.202, DE 28 DE JUNHO DE 2001 QUE "REGULAMENTA A CONCESSÃO DE DIÁRIAS A VEREADORES E SERVIDORES EM VIAGEM DE INTERESSE DO LEGISLATIVO" E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/plocm_03.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/plocm_03.2020.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 4.859/2019 QUE "ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE ITURAMA, PARA O EXERCÍCIO FINANCEIRO DE 2020" E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3187/pl_cm_04_001165.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3187/pl_cm_04_001165.pdf</t>
   </si>
   <si>
     <t>INSTITUI 0 "DIA MUNICIPAL MÃES QUE ORAM PELOS FILHOS", NO MUNICÍPIO DE ITURAMA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/plocm_05.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/plocm_05.2020.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "GERALDINA PÁDUA DE LIMA" a atual Rua 05, do Bairro Jardim Califórnia, em Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/plocm_06.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/plocm_06.2020.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "NIVALDA RODRIGUES DE OLIVEIRA FERREIRA" a atual Rua 32, do Bairro Vera Lúcia I, em Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/plocm_08.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/plocm_08.2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4.812/2019 que "denomina-se de "GUILHERME ALVES RIBEIRO", a atual Rua 26, do Residencial Vera Lúcia Elias, neste município de Iturama, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/plocm_09.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/plocm_09.2020.pdf</t>
   </si>
   <si>
     <t>Denomina de "ANTÔNIO MATEUS DE FREITAS", a atual Rua 17, do Bairro Dr. Diógenes de Souza, em Iturama, e dá outras disposições.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/plocm_10.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/plocm_10.2020.pdf</t>
   </si>
   <si>
     <t>Denomina de " ANTÔNIO ALVES DE MELO- CARIJÓ", a atual Rua 19, do Bairro Dr. Diógenes de Souza, em Iturama, e dá outras disposições.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3188/pl_cm_11_2020_001166.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3188/pl_cm_11_2020_001166.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROTEÇÃO E CUIDADOS COM OS ANIMAIS COMUNITÁRIOS E TRANSITÓRIOS QUE TENHAM SIDO ABANDONADOS NAS VIAS PÚBLICAS NO ÂMBITO DO MUNICÍPIO DE ITURAMA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/plocm_12.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/plocm_12.2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 4.866/2020 que "denomina-se de "VESMAR HENRIQUE DE OLIVEIRA", a atual Rua 03, do Bairro Jardim Califórnia, neste município de Iturama, Estado de Minas Gerais", e dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/plocm_13.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/plocm_13.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Vigente da Câmara Municipal de Iturama.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3189/pl_cm_14__2020_001167.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3189/pl_cm_14__2020_001167.pdf</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>Paulinho Dias, Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3190/pl_cm_15__2020_001168.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3190/pl_cm_15__2020_001168.pdf</t>
   </si>
   <si>
     <t>DECLARA A ESSENCIALIDADE E NÃO INTERRUPÇÃO DAS ATIVIDADES RELIGIOSAS, EM PERÍODOS DE CALAMIDADE PÚBLICA OU ESTADO DE EMERGÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3191/pl_cm_16_2020_001169.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3191/pl_cm_16_2020_001169.pdf</t>
   </si>
   <si>
     <t>Fixa o Subsidio dos Vereadores do municipio de Iturama, Estado de Minas Gerais, para a Legislatura 2021-2024 e dá outras providências.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3192/pl_cm_17_2020_001170.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3192/pl_cm_17_2020_001170.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito, do Vice-Prefeito e dos Secretários do Município de Iturama, Estado de Minas Gerais, para a Legislatura 2021-2024 e dá outras providências</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3193/pl_cm_18_2020_001171.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3193/pl_cm_18_2020_001171.pdf</t>
   </si>
   <si>
     <t>Dá denominação que menciona neste município de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3194/pl_cm_19_2020_001172.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3194/pl_cm_19_2020_001172.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o "SINDICATO DOS TRABALHADORES PROSSIONAIS DA CLASSE DA AREA DA SAÚDE DA COMARCA DE ITURAMA/MG".</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3195/pl_cm_20_2020_001173.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3195/pl_cm_20_2020_001173.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 113.000,00 (Cento e treze mil reais) no Orçamento Vigente.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3196/pl_cm_21_2020_001174.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3196/pl_cm_21_2020_001174.pdf</t>
   </si>
   <si>
     <t>Dá denominação de SEBASTIÃO ALVES SEVERINO, ao Camelódromo que menciona neste município de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>Renato José dos Reis</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3197/pl_cm_23_2020_001175.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3197/pl_cm_23_2020_001175.pdf</t>
   </si>
   <si>
     <t>Dá denominação de LUIS PAULO DE OLIVEIRA, ao Campo de futebol do Bairro São Miguel na cidade de Iturama — Minas Gerais.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
     <t>Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3198/pl_cm_24_2020_001176.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3198/pl_cm_24_2020_001176.pdf</t>
   </si>
   <si>
     <t>Dá denominação de PRAÇA DA BÍBLIA à Praça que será construída no Bairro Jardim California na cidade de Iturama — Minas Gerais.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/pr_02.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/pr_02.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO 220º (DUCENTÉSIMO_x000D_
 VIGÉSIMO) CURSO DE CAPACITAÇÃO PARA_x000D_
 VEREADORES, PREFEITOS, VICE-PREFEITOS,_x000D_
 SECRETÁRIOS MUNICIPAIS, GESTORES,_x000D_
 ASSESSORES E SERVIDORES PÚBLICOS, A SER_x000D_
 REALIZADO EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/pr_03.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/pr_03.2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO_x000D_
 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA_x000D_
 MUNICIPAL DE ITURAMA NO 221º (DUCENTÉSIMO_x000D_
 VIGÉSIMO PRIMEIRO) CURSO DE CAPACITAÇÃO_x000D_
 PARA VEREADORES, PREFEITOS, VICE-PREFEITOS,_x000D_
 SECRETÁRIOS MUNICIPAIS, GESTORES,_x000D_
 ASSESSORES E SERVIDORES PÚBLICOS, A SER_x000D_
 REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3064/pr_cm_04_2020_000639.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3064/pr_cm_04_2020_000639.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃ4 ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 222° (DUCENTÉSIMO VIGÉSIMO SEGUNDO) CURSO DE CAPACITAÇÂO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3065/pr_cm_05_2020_000640.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3065/pr_cm_05_2020_000640.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 223° (DUCENTÉSIMO VIGÉSIMO TERCEIRO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3066/pr_cm_06_2020_000641.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3066/pr_cm_06_2020_000641.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO SEMINÁRIO DE GESTÃO PÚBLICA MUNICIPAL: NOVAS LEGISLAÇÕES APLICÁVEIS AOS MUNICÍPIO E ELEIÇOES 2020, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3067/pr_cm_07_2020_000642.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3067/pr_cm_07_2020_000642.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR ANTÔNIO GOMES DOS SANTOS EX-MUSICO DA BANDA MUNICIPAL DE ITURAMA</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3068/pr_cm_08_2020_000643.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3068/pr_cm_08_2020_000643.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 225° (DUCENTESIMO VIGÉSIMO QUINTO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3069/pr_cm_09_2020_000644.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3069/pr_cm_09_2020_000644.pdf</t>
   </si>
   <si>
     <t>CONCEDE 0 DIPLOMA DE HONRA AO MÉRITO AO SENHOR BM ANDERSON PASSOS DE SOUZA, TENENTE CORONEL DO 8° BATALHÃO DE BOMBEIROS MILITAR DE UBERABA- CBMMG.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3070/pr_cm_10_2020_000645.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3070/pr_cm_10_2020_000645.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 229° (DUCENTESIMO_x000D_
 VIGÉSIMO NONO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3071/pr_cm_11_2020_000646.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3071/pr_cm_11_2020_000646.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 2300 (DUCENTESIMO TRIGÉSIMO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3072/pr_cm_12_2020_000647.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3072/pr_cm_12_2020_000647.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR EDSON BRAZ DOS SANTOS — TENENTE PM DA 3º CIA IND DA 5º REGIÃO DA POLÍCIA MILITAR DE MINAS GERAIS, DE ITURAMA-MG</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3073/pr_cm_13_2020_000648.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3073/pr_cm_13_2020_000648.pdf</t>
   </si>
   <si>
     <t>Fixa a despesa orçamentária da Câmara Municipal de Iturama, Estado de Minas Gerais, para o exercício financeiro de 2021.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3074/pr_cm_14_2020_000649.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3074/pr_cm_14_2020_000649.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR ABIDAIR DE FREITAS FARIA, DE ITURAMA-MG</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3075/pr_cm_15_2020_000650.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3075/pr_cm_15_2020_000650.pdf</t>
   </si>
   <si>
     <t>Altera a Clausula Quinta do Anexo I da Resolução 383, de 15 de abril de 2019 que "Autoriza o Poder Legislativo a firmar convênio com_x000D_
 Pessoas Jurídicas de Iturama, visando a consignação em folha de pagamento dos valores referentes a medicamentos e congêneres, adquiridos por seus_x000D_
 servidores e vereadores e dá outras providencias"</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3076/pr_cm_16_2020_000651.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3076/pr_cm_16_2020_000651.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÃMARA MUNICIPAL DE ITURAMA NO 265° (DUCENTESIMO SEXAGÉSIMO QUINTO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3077/pr_cm_18_2020_000652.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3077/pr_cm_18_2020_000652.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 278° (DUCENTESIMO SEPTUAGÉSIMO OITAVO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BELO HORIZONTE/MG.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3078/pr_cm_19_2020_000653.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3078/pr_cm_19_2020_000653.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 281° (DUCENTESIMO OCTAGE. SIMO PRIMEIRO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3079/pr_cm_19_2020_000653.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3079/pr_cm_19_2020_000653.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 283° (DUCENTESIMO OCTAGESIMO TERCEIRO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3080/pr_cm_22_2020_000655.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3080/pr_cm_22_2020_000655.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA M.UN1CIPAL DE ITURAMA NO 285° (DUCENTESIMO OCTAGÉSIM0 QUINTO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS, A SER REALIZADO EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/pelom_01.2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/pelom_01.2020.pdf</t>
   </si>
   <si>
     <t>Acresce disposições na Lei Orgânica do_x000D_
 Município de lturama/MG, e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1101/req_05_2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1101/req_05_2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem com fundamento no art. 216, inciso VI, do Regimento Interno, requerem ao Senhor Prefeito Municipal, encaminhar a esta casa legislativa, informações sobre a programação para pagamento do débito referente ao Empréstimos consignados dos servidores; débito relacionado ao percentual de 28% (vinte e oito por cento) ao SEPUM proveniente do Plano de saúde dos servidores; Acerto rescisório com os servidores exonerados até a presente data e pagamento de ferias premio em atraso.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/06-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/06-2020.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve ouvida a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 4ª (quarta) Reunido Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento da Senhora MARIA DORAMA, ocorrido 01/03/2020 e do Senhor ROBERTO BORGES DOS SANTOS, ocorrido em 29/02/2020.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1203/07-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1203/07-2020.pdf</t>
   </si>
   <si>
     <t>Eu, Sérgio  Aparecido Alves Bento vereador venho mui respeitosamente, perante esta Secretaria, através deste requerimento, registrar a minha candidatura para concorrer ao cargo de 1° secretário da Mesa da Câmara para Sessão Legislativa de 2020.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/08-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/08-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem ouvida a Casa, requerem a Vossa Excelência, que seja feito um minuto de silencio na 10° (décima) Reunido Ordinária da Câmara Municipal, que sera realizada nesta data, pelo falecimento da senhora DALIRA IZOLINA PADUA, ocorrido em 28/05/2020.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/09-2020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/09-2020.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem ouvida a Casa, requerem a Vossa Excelência, que seja feito um minuto de silêncio na 10° (décima)_x000D_
 Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do senhor MARIO JOSE FERREIRA, ocorrido em 27/05/2020.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2626,67 +2626,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1091/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1092/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1093/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1094/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1098/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1099/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1100/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/24-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/25-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/26-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/27-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/28-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/29-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/30-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/32-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/33-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/34-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/35-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/36-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/37-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/38-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/39-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/40-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/41-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/42-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/43-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/44-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/45-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1136/46-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/47-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/48-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/49-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/50-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/51-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1129/52-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1130/53-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1131/54-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1132/55-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1133/56-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1134/57-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1135/58-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1137/59-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1138/60-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1139/61-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1140/62-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1141/63-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1142/64-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1143/65-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1144/66-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1145/67-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1146/68-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/69-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1148/70-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/71-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/72-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1184/73-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/74-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/75-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/76-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/77-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1189/78-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/79-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/80-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/81-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/82-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/83-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/84-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/85-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1197/86-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/87-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/88-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/89-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/90-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/91-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/92-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/93-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/94-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/95-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/96-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/01-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/02-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/03-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/04-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/05-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/06-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/07-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/08-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1240/09-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/plc_01.2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/plc_02.2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/plc_03.2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/plc_05.2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/plc_06.2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/plc_07.2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/plc_08.2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/plc_09.2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/plc_10.2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1062/plccm_01.2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/plccm_02.2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/plccm_03.2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/plccm_04.2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1063/plo_01.2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/plo_02.2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/plo_03.2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/plo_04.2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/plo_05.2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/plo_07.2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/plo_08.2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/plo_09.2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/plo_10.2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/plo_11.2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/plo_12.2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/plo_13.2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2421/plo_14_28_05_2020_000168.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/plo_16.2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2423/plo_17_2020_000181.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/plo_18.2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2424/anexo_plo_21_2020_000185.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2425/plo_22__2020_000188.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2466/plo_23_2020_000240.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2467/plo_24_2020_000245.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2468/plo_26_2020_000250.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2469/plo_28_2020_000254.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2470/plo_29_2020_000259.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2471/pl_30_2020_000267.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2472/pl_31_2020_000270.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2473/pl_32_2020_000273.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2422/plo_36_2020_000176.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2474/pl_37_2020_000276.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2475/pl_38_2020_000279.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2476/anexo_pl_40_2020_000284.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/plocm_01.2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/plocm_02.2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/plocm_03.2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3187/pl_cm_04_001165.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/plocm_05.2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/plocm_06.2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/plocm_08.2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/plocm_09.2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/plocm_10.2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3188/pl_cm_11_2020_001166.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/plocm_12.2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/plocm_13.2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3189/pl_cm_14__2020_001167.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3190/pl_cm_15__2020_001168.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3191/pl_cm_16_2020_001169.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3192/pl_cm_17_2020_001170.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3193/pl_cm_18_2020_001171.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3194/pl_cm_19_2020_001172.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3195/pl_cm_20_2020_001173.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3196/pl_cm_21_2020_001174.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3197/pl_cm_23_2020_001175.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3198/pl_cm_24_2020_001176.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/pr_02.2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/pr_03.2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3064/pr_cm_04_2020_000639.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3065/pr_cm_05_2020_000640.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3066/pr_cm_06_2020_000641.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3067/pr_cm_07_2020_000642.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3068/pr_cm_08_2020_000643.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3069/pr_cm_09_2020_000644.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3070/pr_cm_10_2020_000645.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3071/pr_cm_11_2020_000646.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3072/pr_cm_12_2020_000647.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3073/pr_cm_13_2020_000648.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3074/pr_cm_14_2020_000649.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3075/pr_cm_15_2020_000650.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3076/pr_cm_16_2020_000651.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3077/pr_cm_18_2020_000652.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3078/pr_cm_19_2020_000653.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3079/pr_cm_19_2020_000653.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3080/pr_cm_22_2020_000655.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/pelom_01.2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1101/req_05_2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/06-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1203/07-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/08-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/09-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1078/1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1079/2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1080/3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1081/4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1082/5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1083/6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1084/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1085/8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1086/9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1087/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1088/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1089/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1090/13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1091/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1092/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1093/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1094/17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1095/18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1096/19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1097/20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1098/21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1099/22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1100/23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1102/24-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1103/25-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1104/26-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1105/27-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1106/28-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1107/29-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1108/30-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1109/31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1110/32-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1111/33-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1112/34-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1113/35-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1114/36-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1115/37-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1116/38-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1117/39-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1118/40-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1119/41-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1120/42-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1121/43-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1122/44-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1123/45-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1136/46-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1124/47-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1125/48-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1126/49-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1127/50-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1128/51-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1129/52-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1130/53-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1131/54-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1132/55-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1133/56-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1134/57-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1135/58-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1137/59-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1138/60-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1139/61-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1140/62-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1141/63-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1142/64-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1143/65-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1144/66-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1145/67-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1146/68-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1147/69-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1148/70-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1182/71-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1183/72-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1184/73-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1185/74-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1186/75-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1187/76-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1188/77-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1189/78-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1190/79-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1191/80-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1192/81-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1193/82-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1194/83-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1195/84-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1196/85-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1197/86-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1226/87-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1227/88-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1228/89-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1229/90-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1230/91-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1231/92-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1232/93-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1233/94-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1234/95-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1235/96-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1198/01-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1199/02-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1200/03-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1201/04-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1236/05-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1237/06-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1238/07-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1239/08-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1240/09-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1066/plc_01.2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1242/plc_02.2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1243/plc_03.2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1244/plc_05.2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1245/plc_06.2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1246/plc_07.2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1247/plc_08.2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1248/plc_09.2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1249/plc_10.2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1062/plccm_01.2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1250/plccm_02.2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1251/plccm_03.2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1252/plccm_04.2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1063/plo_01.2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1064/plo_02.2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1065/plo_03.2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1206/plo_04.2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1207/plo_05.2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1208/plo_07.2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1209/plo_08.2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1210/plo_09.2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1211/plo_10.2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1212/plo_11.2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1213/plo_12.2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1214/plo_13.2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2421/plo_14_28_05_2020_000168.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1215/plo_16.2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2423/plo_17_2020_000181.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1216/plo_18.2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2424/anexo_plo_21_2020_000185.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2425/plo_22__2020_000188.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2466/plo_23_2020_000240.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2467/plo_24_2020_000245.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2468/plo_26_2020_000250.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2469/plo_28_2020_000254.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2470/plo_29_2020_000259.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2471/pl_30_2020_000267.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2472/pl_31_2020_000270.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2473/pl_32_2020_000273.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2422/plo_36_2020_000176.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2474/pl_37_2020_000276.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2475/pl_38_2020_000279.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/2476/anexo_pl_40_2020_000284.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1061/plocm_01.2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1217/plocm_02.2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1218/plocm_03.2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3187/pl_cm_04_001165.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1219/plocm_05.2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1220/plocm_06.2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1222/plocm_08.2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1223/plocm_09.2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1224/plocm_10.2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3188/pl_cm_11_2020_001166.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1225/plocm_12.2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1221/plocm_13.2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3189/pl_cm_14__2020_001167.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3190/pl_cm_15__2020_001168.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3191/pl_cm_16_2020_001169.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3192/pl_cm_17_2020_001170.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3193/pl_cm_18_2020_001171.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3194/pl_cm_19_2020_001172.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3195/pl_cm_20_2020_001173.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3196/pl_cm_21_2020_001174.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3197/pl_cm_23_2020_001175.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3198/pl_cm_24_2020_001176.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1068/pr_02.2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1069/pr_03.2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3064/pr_cm_04_2020_000639.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3065/pr_cm_05_2020_000640.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3066/pr_cm_06_2020_000641.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3067/pr_cm_07_2020_000642.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3068/pr_cm_08_2020_000643.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3069/pr_cm_09_2020_000644.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3070/pr_cm_10_2020_000645.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3071/pr_cm_11_2020_000646.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3072/pr_cm_12_2020_000647.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3073/pr_cm_13_2020_000648.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3074/pr_cm_14_2020_000649.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3075/pr_cm_15_2020_000650.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3076/pr_cm_16_2020_000651.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3077/pr_cm_18_2020_000652.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3078/pr_cm_19_2020_000653.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3079/pr_cm_19_2020_000653.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/3080/pr_cm_22_2020_000655.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1241/pelom_01.2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1101/req_05_2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1202/06-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1203/07-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1204/08-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2020/1205/09-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="239.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>