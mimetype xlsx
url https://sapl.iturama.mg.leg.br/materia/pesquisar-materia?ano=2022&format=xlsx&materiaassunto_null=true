--- v0 (2025-12-10)
+++ v1 (2026-03-29)
@@ -54,5828 +54,5828 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ana Lúcia, Deleon, Márcio da Ambulância, Ricardo Baiano, Ronei Mosquito, Terrinha, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/ind_01_000731.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/ind_01_000731.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito a construção da nova Escola Técnica Agricola para que atenda crianças, jovens e a população da Cidade de Iturama e do Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Carol Miranda</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/</t>
+    <t>http://sapl.iturama.mg.leg.br/media/</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, presenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito o recapeamento dos bairros da cidade e sobretudo as vias principais da cidade, tais como: avenida Prefeito Juca Pádua, avenida Campina Verde,_x000D_
 Avenida João Secundino de Queiroz, avenida Assilvio Gélio e demais vias de acesso que estão em péssimo estado de tráfego.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/ind_03_000733.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/ind_03_000733.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito o estudo e viabilização no sentido de Implantar a Telemedicina na Saúde em Iturama, MG, com vistas a aperfeiçoar ainda mais nosso sistema de saúde.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/ind_04_000734.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/ind_04_000734.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar e reiterar ao Sr. Prefeito seja feito a sinalização vertical e horizontal dos bairros Residencial Miranda e Joaquim Deodato desta Cidade.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/ind_05_000735.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/ind_05_000735.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar e reiterar ao Sr. Prefeito a implantação de câmeras de segurança e monitoramento (TOTEM) e pontos estratégicos na cidade de Iturama, MG, complementando a indicação feita pelo Vereador RONALDO KARFRIOS, no ano de 2021, qual seja, instalação de câmeras na entrada da Cidade.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Deleon</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/ind_06-2022_000778.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/ind_06-2022_000778.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 59/2021, solicitando ao Sr. Prefeito_x000D_
 Municipal, que seja construido quebra molas/redutor de velocidade/lombada, sinalização e faixa de pedestres em todas as avenidas do Distrito de Alexandrita, principalmente ao redor das duas escolas.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/ind_07_000736.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/ind_07_000736.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que revitalize a pintura de solo das pistas de caminhadas nas avenidas Prefeito Juca Pádua, Ayrton Senna do Brasil e José de Freitas Nunes.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/ind_08_000737.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/ind_08_000737.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que construa um novo Terminal Rodoviário no Município de Iturama.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/ind_09_000738.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/ind_09_000738.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito a construção de uma ponte de concreto e ou estrutura metálica no córrego do Taperão no Distrito de Alexandrita, Cidade de Iturama, MG.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/ind_10_000739.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/ind_10_000739.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja construido na Escola Jandira Silva Chaves no Distrito de Alexandrita, Cidade de Iturama, MG, uma quadra polisportiva coberta e 02 (duas) novas salas de aula.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/ind_11_000740.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/ind_11_000740.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja asfaltado a avenida Treze com a rua Vinte; a rua Vinte com a avenida Treze e a avenida João Garcia; avenida Cinco com a rua Dez, com a avenida Joaquim Patrício e avenida Tres; rua Vinte e Oito, continuação da avenida Cinco até a rua Vinte e Oito; rua Doze com a avenida Treze e avenida Um; rua Dez com a rua Três e avenida Um, no Distrito de Alexandrita, Cidade de Iturama, MG</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/ind_12_000741.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/ind_12_000741.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito a construção do trevo de rodovia BR-497, no Distrito de Alexandrita, Cidade de Iturama, MG.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/ind_13_000742.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/ind_13_000742.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito a reforma na integra do POSTINHO DE SAÚDE no Distrito de Alexandrita, Cidade de Iturama, MG, pois nas condições que está fica difícil de realizar atendimento a população.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/ind_14_000743.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/ind_14_000743.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito o recapeamento dos bairros Residencial José Anselmo de Freitas, Santa Rosa, Alto Valentina, Vila Cruzeiro, Jardim Bolanger, Recanto dos Lagos, Nossa Senhora Aparecida e Alto da Boa Vista.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/ind_15_000744.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/ind_15_000744.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito a implantação no Município de Iturama, MG, do Programa Nacional das Escolas Cívico-Militares (PECIM).</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/ind_16_000745.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/ind_16_000745.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito a construção da ponte na avenida Onofra Serafina de Jesus continuando na Estrada Municipal da Vila Cruzeiro sobre o córrego Santa Rosa e asfaltar este trecho.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Márcio da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/ind_17_000746.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/ind_17_000746.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja feito com urgência o conserto da estrada rural e casque o aumento da mesma, que liga o Distrito de Alexandrita na Cidade de Iturama,_x000D_
 MG até a rodovia no Município de Limeira do Oeste, MG, (cruzeta)</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/ind_18_000747.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/ind_18_000747.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja feito duas valetas de passagem de água na rua Tres com a avenida Vinte e Dois e a Dezoito; assim como seja realizado o conserto da guia de sarjeta na avenida Vinte e Dois até a avenida Um, no Distrito de Alexandrita na Cidade de Itu rama, MG.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/ind_19_000748.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/ind_19_000748.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja o conserto da ponte da Madeira sobre o córrego que passa na propriedade do saudoso Senhor Baiano, na Comunidade São Benedito, no Distrito de Alexandrita na Cidade de lturama, MG.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/ind_20_000749.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/ind_20_000749.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja feito avaliação de quais medidas sanitárias necessitam serem retomadas em nosso município, tendo em vista o aumento dos casos positivos de COVID-19.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/ind_21_000750.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/ind_21_000750.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito aumentar os valores em repasse para as pessoas que utilizam o TFD, buscando seus tratamentos em outras Cidades e Estados.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/ind_22_000751.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/ind_22_000751.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito instalar 02 (dois) ar condicionados de 30.000 BTUS na recepção da central de imagem, 03 (três) ar condicionados de 60.000 BTUS na recepção do Pronto Socorro, 10 (dez) ar condicionados de 12.000 BTUS nos consultórios e fisioterapias do Pronto Socorro.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Ana Lúcia</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/ind_23_000752.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/ind_23_000752.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que seja feita a instalação de ninhos artificiais em Arvores e troncos de palmeiras, servindo de abrigo para as araras-canindés se nidificarem e a preservação das referidas araras.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/ind_24-2022_000779.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/ind_24-2022_000779.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 109/2021, no sentido de solicitar ao Sr. Prefeito Municipal, a realização de cirurgias de cataratas, através do SUS, em idosos carentes de nossa cidade, evitando assim, o deslocamento dos mesmos para cidades vizinhas.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/ind_25-2022_000780.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/ind_25-2022_000780.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito_x000D_
 Municipal, que seja feito o fornecimento de transporte gratuito, na EXPORAMA 2022 para população de nosso município.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/ind_26_000753.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/ind_26_000753.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito Municipal, que seja criado e instalado a SECRETARIA DE SEGURANÇA PÚBLICA MUNICIPAL, pois com a instalação do PRESIDIO NIVEL 4 (PRESOS DE ALTA  PERICULOSIDADE), será necessária para dirimir e administrar pessoas das quais possam vir para o nosso município com o intuito de realizar crimes de tentativa de resgate de presos perigosos, conforme já esta acontecendo em outros municípios.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/ind_27_000754.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/ind_27_000754.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito Municipal, corn a criação e instalação da SECRETARIA DE SEGURANÇA PÚBLICA MUNICIPAL, seja criado e instalado uma GUARDA MUNICIPAL ARMADA, com veículos e meios de fiscalização preventiva na Area de segurança pública, pois com a instalação do PRESIDIO NIVEL 4 (PRESOS DE ALTA PERICULOSIDADE), será necessária para dirimir e administrar pessoas das quais possam vir para o nosso município com o intuito de realizar crimes de tentativa de resgate de presos perigosos, conforme já esta acontecendo em outros municípios.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/ind_28_000755.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/ind_28_000755.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito Municipal, com a instalação do PRESIDIO NIVEL 4 (PRESOS DE ALTA PERICULOSIDADE), seja realizado uma força tarefa preventiva na área de segurança pública junto com as policia civil, policia militar do Estado de Minas Gerais, policia rodoviária militar do Estado de Minas Gerais e policia rodoviária federal, haja vista as policias tem que estar trabalhando em harmonia com o executivo municipal, para evitar aumento na criminalidade.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Ronei Mosquito</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/ind_29_000756.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/ind_29_000756.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação no sentido de solicitar ao Sr. Prefeito que o Município realize a reforma de residências em situação de moradia precária de pessoas em grau de miserabilidade, das quais estão desempregadas, a toda população da Cidade de Iturama e do Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/ind_30-2022_000781.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/ind_30-2022_000781.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito_x000D_
 Municipal, que seja feita a manutenção da iluminação pública das lâmpadas convencionais, as lâmpadas de LED, em nossa cidade, que se encontram com_x000D_
 muitos postes apagados, ressalta-se inúmeras reclamações dos moradores que se dizem lesados, haja vista que arcam com a taxa de iluminação pública e estão expostos a acidentes, ações de criminosos que aproveitam de ambientes mal iluminados e ainda outros problemas que a escuridão acarreta.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/ind_31-2022_000782.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/ind_31-2022_000782.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 57/2021, solicitando ao Sr. Prefeito_x000D_
 Municipal, que seja adquirido caçambas de lixo para colocar no antigo lixão, no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/ind_32-2022_000783.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/ind_32-2022_000783.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 58/2021, solicitando ao Sr. Prefeito_x000D_
 Municipal, a aquisição de 1(uma) pá carregadeira, 1(uma) moto niveladora e 1(um) caminhão basculante para o Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/ind_33-2022_000784.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/ind_33-2022_000784.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja contratado um médico(a) pediatra e também uma psicologa, para atender no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/ind_34-2022_000785.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/ind_34-2022_000785.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a reiteração da indicação C118/2021, no sentido de solicitar ao Sr. Prefeito_x000D_
 Municipal, que seja construido Sarjetões de concreto com perfil metálico no meio, na Avenida João Garcia com a Rua 20 (vinte) e Avenida 05 (cinco) com a Rua 24 (vinte e quatro), entre a Rua 22 (vinte e dois) com a Rua 20(vinte) com a Rua 18 (dezoito), na Rua 16 (dezesseis) com a Avenida 05 (cinco), Rua 14(quatorze) com a Avenida 03(Tr&amp;s), no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/ind_35-2022_000786.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/ind_35-2022_000786.pdf</t>
   </si>
   <si>
     <t>0 Vereador MARCINHO DA AMBULÂNCIA, que subscreve e, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar_x000D_
 ao Sr. Prefeito Municipal, que seja construido um redutor de velocidade na Avenida Dr Pedro de Paula, próximo ao número 351, frente ao supermercado_x000D_
 Vip, Jardim Boulanger.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/ind_36_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/ind_36_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao senhor Prefeito, que medidas sejam tomadas junto ao departamento competente, para que seja feita a revitalização da Av. Prefeito Juca Pádua completa.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/ind_37-2022_000787.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/ind_37-2022_000787.pdf</t>
   </si>
   <si>
     <t>0 Vereador MARCINHO DA AMBULÂNCIA, que subscreve e, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, seja comprado novas máquinas agrícolas ( patrola, retro escavadeira, tratores, caminhão basculante, pa carregadeiras) ou que seja terceirizado esse serviço, para que as estradas rurais e mata burros, possam ser consertadas, dando mais acesso digno aos produtores rurais que dependem dessas estradas para escoarem seus produtos.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/ind_38-2022_000788.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/ind_38-2022_000788.pdf</t>
   </si>
   <si>
     <t>0 Vereador MARCINHO DA AMBULÂNCIA, que subscreve e, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao sr. Prefeito Municipal, que seja feito a manutenção completas e conserto dos equipamentos em todas as ambulâncias e veículos da secretaria de saúde</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Márcio da Auto Escola, Paulinho Dias, Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/ind_40-2022_000789.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/ind_40-2022_000789.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 422/2021, solicitando ao Sr._x000D_
 Prefeito Municipal, a fazer melhorias na rodoviária bem como forros, pinturas, banheiros, lojas, pisos, Internet e adequação no posto policial.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/ind_41-2022_000790.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/ind_41-2022_000790.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 35412021, solicitando ao Sr. Prefeito_x000D_
 Municipal a instalação do SAMU, no município de Iturama.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/ind_42-2022_000791.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/ind_42-2022_000791.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 204 -do Regimento Interno, reitero a Indicação n. 32/2021, sugerindo ao Senhor Prefeito a PROCEDER COM A INSTALAÇÃO DE LÂMPADAS NOS POSTES DA AVENIDA SANTA ROSA NA ALTURA DO BAIRRO ALCIDES VERÍSSIMO</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/ind_43-2022_000792.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/ind_43-2022_000792.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V.Exa., nos termos do art. 204 Regimento Interno, reitero a Indicação n. 72/2021, sugerindo ao Senhor Prefeito A PROCEDER A RETIRADA DOS TACHÕES DE CIMENTO INSTALADOS AO LONGO DA AV. PREFEITO JUCA PADUA. EM SUBSTITUIÇÃO, SEJA FEITAS SINALIZAÇÕES HORIZONTAIS DE LINHAS CONTÍNUAS NAS CORES BRANCAS E VERMELHAS, PARA DEMARCAR A CICLOFAIXA DAQUELA AVENIDA. NA_x000D_
 MESMA OPORTUNIDADE SEJA INSTALADO SINALIZAÇÃO VERTICAL DE ADVERTÊNCIA.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_44_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_44_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 204 do Regimento Interno, reitero a Indicação n. 143/2021, sugerindo ao Senhor Prefeito instalação de poste de luz e energia na Av. Lua no último quarteirão no bairro Amazonas.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/ind_45_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/ind_45_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 204 do Regimento Interno, a presente Indicação, sugerindo ao Senhor Prefeito que faça a limpeza e manutenção da Praça do Residencial 108 Casas.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/ind_46-2022_000793.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/ind_46-2022_000793.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito_x000D_
 Municipal, que realize um estudo de viabilidade técnica e econômica para que se analise a possibilidade de implantação e promoção do turismo de pesca_x000D_
 esportiva no município.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/ind_47-2022_000794.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/ind_47-2022_000794.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que junto aos_x000D_
 órgãos competentes, providencie a execução de obra de engenharia para sanar problemas com acúmulo de água nos pontos da Av. Campina Verde com a Rua Capinópolis.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/ind_48-2022_000795.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/ind_48-2022_000795.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apreser‘a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, no sentido de_x000D_
 solicitar ao Sr. Prefeito Municipal, que junto a CEMIG proceda a manutenção e troca das lâmpadas do poste de iluminação pública localizado na Rua Sete de Setembro, de frente ao número 618, no bairro São Miguel.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/ind_49-2022_000796.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/ind_49-2022_000796.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que_x000D_
 intervenha junto aos órgãos competentes para a o estudo e viabilização no sentido de Implantar a medicina do trabalhador na Saúde em Iturama/MG, com vistas a atendimento adequado e especializado as pessoas que não podem fazer consultas ou exames em horário comercial.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Carol Miranda, Márcio da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/ind_50-2022_000797.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/ind_50-2022_000797.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, apresentam a esta presigencia, a presente indicação, no sentido de SOLICITAR ao Poder Executivo Municipal que_x000D_
 interceda e mobilize esforços junto à Secretaria de Estado de Justiça e Segurança Pública do Estado de Minas Gerais para instalação da Delegacia_x000D_
 Especializada de Atendimento à Mulher.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Márcio da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/ind_51-2022_000798.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/ind_51-2022_000798.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, apresenta a esta esidência, a presente indicação, no sentido de SOLICITAR ao Poder Executivo Municipal que_x000D_
 interceda e mobilize esforços juntamente à Secretaria de Estado de Justiça e Segurança Pública do Estado de Minas Gerais para a instalação do PPI - Posto de Perícia Integrado no Município de lturama.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/ind_52-2022_000799.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/ind_52-2022_000799.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, apresenta a est presidência, a presente indicação, no sentido de SOLICITAR ao Poder Executivo Municipal, que_x000D_
 medidas sejam tomadas junto ao departamento competente para que, a cesta básica fornecida aos servidores públicos municipais seja transformadas em_x000D_
 ticket alimentação. E que esse direito seja ampliado para todos os servidores públicos municipais, usando o principio da isonomia que são um dos pilares_x000D_
 da gestão pública.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/ind_53-2022_000800.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/ind_53-2022_000800.pdf</t>
   </si>
   <si>
     <t>0 vereador que esta subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao senhor Prefeito, que_x000D_
 medidas sejam tomadas junto ao departamento competente, para que, seja realizado a pavimentação asfáltica das ruas 12 e 15 situadas no bairro Vila_x000D_
 Cruzeiro.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/ind_54_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/ind_54_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito Municipal, que seja criado o PROGRAMA PROCON MIRIM, que tem como objetivo multiplicar o conhecimento, sobre os direitos do consumidor entre educadores(as) e crianças de 07 a 12 anos, envolvendo a capacitação de educadores(as) para o trabalho em sala de aula, com o objetivo de formar consumidores(as) mais informados(as), críticos(as) e responsáveis, fomentar a prática de um consumo sustentável, trabalho interdisciplinar entre as áreas de conhecimento e realizar a distribuição de material informativo nas escolas participantes que são: cartilhas lúdicas, com jogos e passatempos de fácil entendimento retratando situações cotidianas vividas pelas crianças e suas famílias enquanto consumidores.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/ind_55_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/ind_55_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, implantação de placas de sinalizações, marcações horizontais e verticais, redutores de velocidade com passagem elevadas de pedestres em cada escola e creche de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/ind_56_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/ind_56_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, que conceda estágios para futuros profissionais que venham se formar em instituições educacionais do nosso município.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/ind_57_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/ind_57_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, reitero a Indicação n. 104/2021, sugerindo ao Senhor Prefeito que realize a operação tapa buraco em toda extensão da Av. Dom Pedro II, no bairro São Miguel. Indica também que faça na mesma avenida, nos Bairro Vera Lúcia Elias e DR. Diógenes de Sousa, faça CALÇAMENTO, PASSARELA PARA TRAVESSIA DE PEDESTRES E INSTALAÇÃO DE ONDULAÇÃO TRANSVERSAL (LOMBADA FÍSICA).</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/ind_58_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/ind_58_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, a presente indicação, sugerindo ao Senhor Prefeito que realize a operação tapa buraco em toda extensão da AV. SANTA ROSA.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/ind_59_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/ind_59_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 374/2021, no sentido de solicitar ao Sr. Prefeito Municipal, para que seja feito a limpeza e retirada dos restos dos lanches e construções da praça da Igreja Matriz Santa Rita de Cássia no Distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/ind_60_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/ind_60_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve apresenta a Vossa Excelência a indicação no sentido de reiterar a indicação CM 393/2021, que solicitou ao Sr. Prefeito Municipal, que fosse feito o asfalto da cruzeta do Distrito de Alexandrita até a rodovia LMG 865 que faz ligação com Limeira D’oeste.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/ind_61_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/ind_61_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve apresenta a Vossa Excelência a indicação no sentido de reiterar a indicação CM 251/2021, que solicitou ao Sr. Prefeito Municipal, que fosse feita a reforma da imagem de Santa Rita de Cassia no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/ind_62_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/ind_62_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve apresenta a Vossa Excelência a indicação no sentido de reiterar a indicação CM 137/2021, que solicitou ao Sr. Prefeito Municipal, que fosse feita a inclusão do Distrito de Alexandrita no programa de doação de terrenos urbanos, para beneficiar as pessoas carentes que não se enquadram no sistema de financiamento da casa própria.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/ind_63_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/ind_63_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve apresenta a Vossa Excelência a indicação no sentido de reiterar a indicação CM 252/2021, que solicitou ao Sr. Prefeito Municipal a limpeza e a reforma dos banheiros e das praças Nossa Senhora Aparecida e Santa Rita de Cássia no Distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/ind_64_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/ind_64_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de um campo de vôlei de areia, para as crianças e os moradores do bairro, com alambrado, no Bairro Vera Lúcia.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/ind_65_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/ind_65_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO CM 227/2021, solicitando ao Sr. Prefeito Municipal, a aquisição de dois micro-ônibus, no intuito de realizar o transporte dos pacientes que fazem hemodiálise na cidade de Fernandópolis/SP e para os pacientes que estão em tratamento em Barretos/SP.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/ind_66_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/ind_66_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO CM 79/2021, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para o asfaltamento da Rua 2  do Bairro Vila Cruzeiro (Corredor Boiadeiro).</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/ind_67_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/ind_67_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO CM 81/2021, no sentido de solicitar ao Sr. Prefeito Municipal, a aquisição de um ônibus com 50 (cinquenta) lugares, no intuito de realizar o transporte dos pacientes de Iturama para as cidades polos na área da saúde, principalmente com destino a Uberaba que é referência do nosso convênio via SUS, ressaltando que em casos de urgência e certas especialidades temos que pleitear a vaga, pois não contamos com UTI e nem aparelhagem necessária.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/ind_68_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/ind_68_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao senhor Prefeito, que medidas sejam tomadas em relação a Av. Belo Horizonte, Rua Centralina e a Rua Capinópolis, próximo a ESCOLA MUNICIPAL SANTA ROSA, que se encontra com várias fissuras e buracos dificultando a movimentação da população daquele local.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/ind_69_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/ind_69_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao senhor Prefeito, que medidas sejam tomadas em relação a terrenos baldios que não estão asseados, que possa ser notificados os proprietários para que os mesmos efetue a limpeza dos terrenos.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/ind_70_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/ind_70_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao senhor Prefeito, a construção de uma sala de aula completa (composta por mesas, cadeiras, armários, computadores e impressoras) para que especialistas (Psicólogas, Fonoaudiólogas e Assistente Social, possam atender os alunos, na Escola Municipal João Ribeiro Rosa, no Bairro São Miguel, neste município.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Ricardo Baiano</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/ind_71_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/ind_71_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 411/2021, no sentido de solicitar ao Sr. Prefeito Municipal, para que providenciem uma operação tapa buracos ou recapeamento asfáltico em toda extensão do Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/ind_72_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/ind_72_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a reiteração da indicação CM 65/2021, no sentido de solicitar ao Sr. Prefeito Municipal, a revitalização do canteiro central da Av. Alexandrita desde a entrada da cidade até seu final, com plantio de novas árvores, poda das árvores que ficarem, aparamento do mato, pintura de guias, melhorias na sinalização, entre outros. A ideia é embelezar o paisagismo da cidade, melhorar as condições de mobilidade, segurança e proteção do meio ambiente.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/ind_73_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/ind_73_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito Municipal, que seja promovida uma limpeza urgente nas áreas, institucional e verde, do bairro Distrito Industrial Alceu Correa de Queiroz, de nossa cidade.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/ind_74_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/ind_74_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito Municipal, que seja feito o teste de refração ocular, em todas as crianças das escolas municipais, de nossa cidade. A refração é um fenômeno que ocorre quando o feixe de luz, vindo do ambiente externo, atravessa o globo ocular para formar a imagem na retina.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/ind_75_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/ind_75_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao sr. Prefeito Municipal, através de um convênio com a CEMIG a extensão de rede elétrica, iluminação pública e postes de iluminação no Distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/ind_76_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/ind_76_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao sr. Prefeito Municipal, providencie término das obras  do canil Municipal, que disponibilize cadastramento dos criadouros de cães e gatos particulares e faça um mutirão gratuito de castração para os cães e gatos.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/ind_77_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/ind_77_2022.pdf</t>
   </si>
   <si>
     <t>O vereador MARCINHO DA AMBULÂNCIA, com assento nesta Egrégia casa Legislativa, no uso de suas atribuições legais e regimentais subscreve e, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, colocação de mastro com as bandeiras do Brasil, Município e do Estado em frente ao Paço Municipal, escolas municipais e pronto socorro.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/ind_78_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/ind_78_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal , que seja disponibilizada uma torneira de acesso no poço artesiano da praça Adelvan Donizete Freitas Borges.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/ind_79_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/ind_79_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal,  que proceda a disponibilização de um local para atendimento médico hospitalar no Distrito de Juvelândia.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/ind_80_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/ind_80_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, que seja criado um programa aos idosos de nosso Município para recreação e atividades físicas.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/ind_81_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/ind_81_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência, a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, que as ruas do bairro SANTA ROSA se tornem mãos únicas.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/ind_82_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/ind_82_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, a seguinte indicação sugerindo ao Senhor Prefeito que realize a manutenção e conservação da Estrada Municipal da Tronqueira, sentido “Curtipel” “Ranchos da Tronqueira”.</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/ind_83_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/ind_83_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 373/2021, solicitando ao Sr. Prefeito Municipal, a viabilidade de instalação de um CENTRO DE ATENDIMENTO AO CIDADÃO, no Distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/ind_84_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/ind_84_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 186/2021, solicitando ao Sr. Prefeito Municipal, a reforma geral do ginásio de esportes Prefeito Alípio Soares Barbosa no Distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/ind_85_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/ind_85_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja instalada uma academia ao ar livre ou campinho para as crianças, no lote vago no final da Rua José Alves Leal, bairro José Anselmo, esquina com a Rua 4, do bairro Santa Rosa.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/ind_86_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/ind_86_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja realizado mutirão para emissão de carteira de identidade/RG.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/ind_87_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/ind_87_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja criado e instalado um banco de leite humano (BLH).</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/ind_88_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/ind_88_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 204 do Regimento Interno, a presente indicação, sugerindo ao Senhor Prefeito que faça a manutenção e conservação ou a instalação de um novo mata-burro da Estrada Municipal do Bebedouro, tendo como referência próximo ao sítio do BenHur/antigo Paulo Valetim.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/ind_89_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/ind_89_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 204 do Regimento Interno, a presente Indicação, sugerindo ao Senhor Prefeito que faça a limpeza e manutenção do bueiro e o conserto do buraco que se formou na sarjeta e um pedaço da Rua 19, no bairro 200 CASAS, tendo como referência a casa nº 476.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/ind_90_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/ind_90_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, a implantação de redutores de velocidade (lombada) na Av. Dr. Paulo Emílio Fontoura, nas proximidades do número 240, em frente a Igreja Nossa Senhora Aparecida, no bairro Recanto dos Lagos.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/ind_91_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/ind_91_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal, o retorno  do CAMPEONATO PRATAS DA CASA.</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/ind_92_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/ind_92_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação CM 352/2021, solicitando ao Sr. Prefeito Municipal que diante do estado precário do maquinário da Prefeitura Municipal de Iturama, solicitar que seja realizado a locação em caráter de urgência de:_x000D_
     • CAMINHÃO PIPA_x000D_
     • MOTO NIVELADORA_x000D_
     • CAMINHÃO CAÇAMBA_x000D_
     • RETROESCAVADEIRA_x000D_
     • PÁ CARREGADEIRA</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Sr. Prefeito Municipal a construção de um redutor de velocidade / quebra mola ou faixa elevada de pedestre, na  Rua G próximo ao portão de entrada da escola Maria Sarah com máxima urgência.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/ind_94_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/ind_94_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação 226/2021, no sentido de solicitar ao Sr. Prefeito Municipal que seja feita a reforma da Praça Antônio Baiano no bairro Bom Sucesso e a instalação de um parquinho na mesma.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/ind_95_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/ind_95_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de redutores de velocidade na Avenida Dom Pedro I no Bairro São Miguel. _x000D_
 No trecho é registrado um grande fluxo de veículos, o que torna a medida fundamental para garantir a segurança dos motoristas e dos habitantes das comunidades locais.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/ind_96_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/ind_96_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação,  no sentido de REITERAR 255/2021, solicitando ao Sr. Prefeito Municipal, a instalação de dois bebedouros de água na quadra poliesportiva que fica entre a Escola municipal Lourival Baptista Câmara e a CEMEI Iraci da Costa Pádua ambos no Bairro Alcides Veríssimo.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/ind_97_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/ind_97_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de um curral para confinamento, com aproximadamente 50 metros de cocho, cercas e um curral de 400 metros quadrados, tendo que ter dentro do mesmo um lugar de vacinação, pesagem, brete com balança e embarcador de gado, para atender os estudantes, tendo em vista convênio de cooperação entre a UFTM – Universidade Federal do Triângulo Mineiro e Prefeitura Municipal,  para que os investimentos  possam ser feitos tanto na Escola Agrícola quanto na Fazenda Escola da UFTM.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/ind_98_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/ind_98_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça toda a revitalização do Ginásio Poliesportivo Prefeito Alcides Costa de Iturama, sabemos que o Ginásio tem uma bela e grande estrutura, porém precisa-se de uma reforma geral.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/ind_99_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/ind_99_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, como medida de urgência que faça a locação de 03 vans para atender os pacientes de câncer, hemodiálise e transplantados de nosso município.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/ind_100_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/ind_100_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie com urgência mecanismos para o reaproveitamento de resíduos sólidos (descarte da construção civil e madeiras).</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/ind_101_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/ind_101_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da Indicação 388/2022,  que se pede que implante em nosso Município a coleta seletiva de lixo reciclável.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/ind_102_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/ind_102_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído um sarjetão ou uma lombada na Rua Monte Alegre com a Rua Rio Paranaíba,  próximo à Escola Municipal Dalva Barbosa Garrido.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/ind_103_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/ind_103_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça com urgência a limpeza, sinalização e tapa buraco das laterais do trevo do Distrito de Alexandrita até a praça da Aparecida.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/ind_104_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/ind_104_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feito um mutirão de limpeza das ruas, tapa buraco, poda de árvores, pintura dos meio fio no Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/ind_105_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/ind_105_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído sarjetões de concreto com perfil metálico em todas as ruas que forem necessário no distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/ind_106_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/ind_106_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que solicite ao setor de obras que o Canteiro Central da Av. Alexandrita entre a Rua São Paulo ( Bairro Centro) até  a Rua Caxias do Sul, (Bairro Amazonas) seja feito como pista de Caminhada com iluminação subterrânea .</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/ind_107_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/ind_107_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que determine ao setor competente que construa um bueiro tipo boca de lobo na esquina da Av. Alexandrita esquina com a Rua Hélio Silva Lima, Bairro Alto da Boa Vista, neste Município.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/ind_108_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/ind_108_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que solicite ao setor competente que construa o muro da Escola Municipal Lourival Baptista Câmara, Bairro Alcides Veríssimo, neste Município.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Ana Lúcia, Deleon, Márcio da Ambulância, Ricardo Baiano, Ronei Mosquito, Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/ind_109_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/ind_109_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO 273/2021, solicitando ao Sr. Prefeito Municipal, que viabilize a construção de uma passarela com iluminação adequada para travessia de pedestres sobre a rodovia MG-255, ligando a cidade ao Bairro Itália e, consequentemente aos demais Bairros daquela região, evitando assim que as pessoas atravessem diretamente na rodovia.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/ind_110_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/ind_110_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO 110/2021, solicitando ao Sr. Prefeito Municipal, proceda à retirada de um poste de iluminação pública na Avenida dos Atletas, na altura dos números 237 e 239, no fundo da Vila Olímpica, nesta cidade de Iturama/MG.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/ind_111_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/ind_111_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência REITERAÇÃO 26/2021, solicitando ao Sr. Prefeito Municipal, proceda à instalação da Farmacinha Municipal em todas as unidades dos postinhos de saúde da cidade de Iturama e no Distrito de Alexandrita, com horário de _x000D_
 funcionamento integral e correspondente ao da ESF – Estratégia de Saúde da Família.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/ind_112_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/ind_112_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja retirado o lixo e fixação de placas na Rua Abel Francisco de Medeiros com a Rua Itamaraty, no bairro Vera Lúcia.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/ind_113_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/ind_113_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, solicitando ao Sr. Prefeito Municipal, REITERANDO a indicação 125/2021, para que intervenha junto aos órgãos competentes para que seja IMPLANTAÇÃO DA_x000D_
 CLINICA DA MULHER.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/ind_114_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/ind_114_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da Indicação 146/2021, A CRIAÇÃO DO PROGRAMA "DENTISTA NA ESCOLA", PARA QUE TODA ESCOLA MUNICIPAL TENHA PROFISSIONAIS DA ÁREA DE ODONTOPEDIATRIA QUE ATENDERÃO AS CRIANÇAS PARA TRATAMENTO PREVENTIVO E CURATIVO.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/ind_115_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/ind_115_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da Indicação 92/2021, A AQUISIÇÃO DE GERADOR DE ENERGIA E INSTALAÇÃO NO UBS ALÍPIO SOARES BARBOSA - UBS SÃO MIGUEL.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/ind_116_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/ind_116_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que  faça a criação de ciclovia na Av. Alexandrita, com início rotatória da Prefeitura Municipal até o final da Avenida, no bairro Amazonas, com sinalizações horizontais de linhas contínuas nas cores branca e vermelha.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/ind_117_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/ind_117_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que instale na Praça do Bairro Santa Rosa uma caixa d’agua para atender os moradores daquele bairro e bairros próximos.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/ind_118_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/ind_118_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, a reiteração da Indicação 144/2021, no sentido de solicitar ao Prefeito Municipal, que PASSE A OFERECER SERVIÇOS DE MÉDICO VETERINÁRIO A PEQUENOS PRODUTORES RURAIS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/ind_119_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/ind_119_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da Indicação 74/2021, a instalar brinquedos e aparelhos de atividade física ao ar livre nas praças e também fazer a manutenção dos mesmos.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2020/ind_120_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2020/ind_120_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da Indicação 11/2021, a mudar o local da represa de tratamento de esgoto.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/ind_121_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/ind_121_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da Indicação 13/2021,a sinalização vertical e horizontal de todas as ruas de todos os bairros de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/ind_122_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/ind_122_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de redutores de velocidade na Avenida Itamarati nas proximidades do número 312, no Bairro Amazonas em nosso município. _x000D_
 No trecho é registrado um grande fluxo de veículos, o que torna a medida fundamental para garantir a segurança dos motoristas e dos habitantes das comunidades locais.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal a construir um redutor de velocidade / quebra molas / sarjetão,  na Av. Santa Rosa cruzamento com a Rua Itamarati no Bairro Nico Garcia do nosso município.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/ind_124_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/ind_124_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a fazer a manutenção dos brinquedos da Ituraminha.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/ind_125_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/ind_125_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que coloque 02 (duas) caçambas de lixo na saída da Capela do Bairro Antônio Bráulio, devido pessoas estarem jogando lixos neste local.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Deleon, Márcio da Ambulância, Márcio da Auto Escola, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Ronei Mosquito, Terrinha, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/ind_126_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/ind_126_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar ao Senhor Prefeito o retorno da Tradicional Festa em comemoração ao Aniversário da nossa cidade de Iturama na Av. José de Freitas Nunes.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/ind_127_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/ind_127_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que em cada escola municipal de nosso município tenha a disposição no seu quadro multidisciplinar um(a) assistente social para atender a grande demanda que cada escola possui.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/ind_128_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/ind_128_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de telefones e internet no CAPS e em todas as secretarias.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/ind_129_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/ind_129_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que  faça a desapropriação dos moradores das casas que tem o muro dos fundos no final da Av. José Anselmo de Freitas, mediante justa e correta indenização, abrindo a avenida até o encontro com a Av. Dr. Pedro de Paula, levando em consideração a necessidade e utilidade pública.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/ind_130_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/ind_130_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que mantenha no quadro de funcionários da área da saúde, os(a) servidores(a) que trabalham na ala do COVID que será fechado em breve, evitando a dispensa deles.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/ind_131_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/ind_131_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para a elaboração de um plano de segurança escolar com a disponibilização de guarda / segurança em cada escola e creche do município.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/ind_132_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/ind_132_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para proceder a limpeza dos terrenos no Bairro Alto da Boa Vista.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/ind_133_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/ind_133_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para implantar uma linha de transporte coletivo para o Campus da UFTM.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/ind_134_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/ind_134_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, REIMPLANTAR O AUXÍLIO FINANCEIRO DO MUNICÍPIO NO TRANSPORTE UNIVERSITÁRIO, COM O INTUITO DE AUXILIAR NO TRANSPORTE UNIVERSITÁRIO, QUE TEM GRANDE VALIA PARA NOSSOS ESTUDANTES, PREPARANDO-OS PARA O MERCADO DE TRABALHO. reiteração 03/2021.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/ind_135_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/ind_135_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a obra de recape do asfalto na Rua Adão Sabino da Costa.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2045/ind_136_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2045/ind_136_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça o recape e a rede Pluvial do Bairro Boulanger.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2046/ind_137_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2046/ind_137_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça o asfalto nas Rua Getúlio Oscar Rosa e Rua Guilherme Izidoro da Silva, no trecho entre a Av. Debrahy Bernardes Oliveira e Av. Dr. Pedro de Paula.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2047/ind_138_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2047/ind_138_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERAR a indicação 66/2021 solicitando ao Sr. Prefeito Municipal, que medidas sejam tornadas junto ao departamento competente para a instalação de placas de sinalização de trânsito nos Bairros que não possuem, bem como o reparo nas já existentes. Haja vista, que quanto mais sinalização, mais segurança para os pedestres e motoristas, razão pela qual solicito a atenção especial do Executivo para os Bairros.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/ind_139_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/ind_139_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERAR a indicação 56/2021, solicitando ao Sr. Prefeito Municipal, que seja construída uma passarela na ponte que liga a Rua São Paulo no Centro com a avenida Dr. Pedro de Paula, bairro Cruzeiro. A indicação solicita ainda a manutenção da ponte e que seja feito o calçamento de ambos os lados das ruas mencionadas, neste Município de Iturama/MG.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/ind_140_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/ind_140_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERAR a indicação 309/2021, solicitando ao Sr. Prefeito Municipal, para que instale telefones em todos os postos de saúde, mantendo os moradores por dentro das Campanhas de vacinação.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/ind_141_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/ind_141_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a contratação de neurologista para atender em todos os Postinhos de saúde de nosso município.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2061/ind_142_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2061/ind_142_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda o conserto/reparo de uma CRATERA aberta no asfalto, na avenida João Secundino, próximo a ponte do Bairro Recanto dos Lagos.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2062/ind_143_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2062/ind_143_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, Asfaltamento de 100% (cem por cento) da rua D, no Bairro Santa Helena, próximo ao Bairro Tiradentes.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2063/ind_144_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2063/ind_144_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a criação de um Centro de referência de atendimento a mulher vítima de violência – CRAM (Secretaria Municipal da mulher).</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2064/ind_145_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2064/ind_145_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a criação de BANCO DE EMPREGOS, bem como vagas preferenciais em creches para as mulheres vítimas de violência doméstica.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2065/ind_146_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2065/ind_146_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteraçao da indicaçao 29/2021, no sentido de solicitar ao Sr. Prefeito Municipal, que seja realizado uma reforma completa da UBS - FRANCISCA MARIA DA CONCEIÇÃO,  situado no Bairro Amazonas, neste município.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/ind_147_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/ind_147_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que forneça aos produtores rurais e faça a substituição dos MATA BURROS quebrados por outros de ferro com base de cimento, para que eles possam ter uma durabilidade maior e proporcionar mais segurança nas estradas rurais de nosso município.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/ind_148_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/ind_148_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça levantamento do impacto financeiro aos cofres públicos de nossa administração,  sobre reajuste do Piso Salarial dos enfermeiros, auxiliares de enfermagem e técnicos de enfermagem que atuam junto a Prefeitura Municipal. Para que diante disso possamos prever e avaliar junto as fontes os recursos que serão necessários para suprir essa demanda de investimento. Piso salarial  proposto e aprovado pelo senado e Câmara Federal é de  R$ 4.750,00 (quatro mil Setecentos e cinquenta reais), segue para sansão presidencial.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/ind_149_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/ind_149_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que instale no Distrito de Alexandrita o ECO PONTO, para coletas de entulhos e galhos.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/ind_150_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/ind_150_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a limpeza de lixos e entulhos no espaço público da Av. Dom Pedro II, entre as Ruas 13 e 21 do Bairro Dr. Diógenes de Souza, onde ficava a antiga lanchonete “HAPPY  HOUR”</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2070/ind_151_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2070/ind_151_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feito um quebra molas/redutor de velocidade, na Rua Josefina Rossini, no Bairro Alto da Boa Vista na altura do nº 300, na cidade de Iturama/MG.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2071/ind_152_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2071/ind_152_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, Que seja feito a Reiteração da Indicação 138/2021, para a Reforma do destacamento da Policia Militar de Alexandrita/MG.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/ind_153_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/ind_153_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que coloque em funcionamento o Posto de Saúde do Bairro Itália.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2111/ind_154_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2111/ind_154_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a fazer as licitações do município via online, transmissão ao vivo, para que a população possa acompanhar em tempo real.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2112/ind_155_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2112/ind_155_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça RAMPAS DE ACESSO PARA CADEIRANTES EM TODAS AS PRAÇAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Carol Miranda, Ana Lúcia, Deleon, Márcio da Ambulância, Márcio da Auto Escola, Ricardo Baiano, Ronaldo Karfrios, Ronei Mosquito, Terrinha, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2081/ind_156_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2081/ind_156_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores (as) que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que PROCEDA A DESTINAÇÃO DA QUADRA DO BAIRRO VERA LÚCIA PARA A ESCOLA MUNICIPAL LOURIVAL BAPTISTA.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2082/ind_157_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2082/ind_157_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores (as) que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que PROCEDA A CONSTRUÇÃO DE MUROS EM TORNO DA QUADRA, AO LADO DA ESCOLA MUNICIPAL LOURIVAL BAPTISTA, NO BAIRRO VERA LÚCIA.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2113/ind_158_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2113/ind_158_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a instalação de postes de energia elétrica e iluminação pública na Rua Sebastião Soares de Queiroz no Distrito Comercial Manoel Português (rua atrás do cemitério) .</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Ricardo Baiano, Ronaldo Karfrios</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, reiterando as indicações n. CM 56/2021 e 70/2021, sugerindo ao Senhor Prefeito que faça a construção de uma passarela para a travessia de pedestres e ciclistas sobre o córrego Santa Rosa na Av. Dr. Pedro de Paula, procedendo também com a iluminação, limpeza de matos ao redor, calçamento antes e depois, e, placas de sinalização na ponte de travessia sobre o córrego Santa Rosa na Av. Dr. Pedro de Paula.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/ind_160_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/ind_160_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que a padaria do CRAS forneça pão para a Escola Dom Alexandre e a Escola Jandira Silva Chaves de Alexandrita/MG.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/ind_161_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/ind_161_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feita a contratação de uma enfermeira para acompanhar os pacientes que vão de ambulância do município de Alexandrita para Iturama.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/ind_162_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/ind_162_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído um túnel subterrâneo para pedestres, com corrimão, rampa e iluminação adequada sob a rodovia MG-255, ligando a cidade (região  da Vila Pádua) ao Bairro Itália, evitando assim que as pessoas atravessem diretamente na pista.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/ind_163_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/ind_163_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído um redutor de velocidade / quebra molas / sarjetão,  na Rua Frutal esquina com a Av. Dona Francisca Justiniana de Andrade, bairro Nossa Senhora de Fátima, em nossa cidade.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2115/ind_164_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2115/ind_164_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído um redutor de velocidade / quebra molas / sarjetão  na Rua Laudemiro Silva Rosa esquina com  Rua Braúlio Ferreira Diniz, bairro Nossa Senhora de Fátima, próximo ao Posto Primus, em nossa cidade.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2116/ind_165_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2116/ind_165_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE PROCEDA A TROCA DAS TRADICIONAIS SIRENES DAS ESCOLAS POR MÚSICAS, PARA PROTEÇÃO DOS AUTISTAS.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2117/ind_166_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2117/ind_166_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE APOIE E DESTINE MEIOS PARA MANUTENÇÃO E EXPANSÃO DO PROJETO DESBRAVADORES NO MUNICÍPIO DE ITURAMA.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2118/ind_167_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2118/ind_167_2022.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para QUE PROCEDA A SINALIZAÇÃO DA RUA CANÁPOLIS ENTRE A AVENIDA JAIME LACERDA E A AVENIDA TUPI, NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2119/ind_168_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2119/ind_168_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para fazer extensão de rede elétrica na Av. José de Freitas Nunes, entre os bairros Morada do Sol e Jardim Califórnia, e neste mesmo local, colocar postes de iluminação pública.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2120/ind_169_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2120/ind_169_2022.pdf</t>
   </si>
   <si>
     <t>que preserve o prédio onde era o atendimento do Covid no bairro Bom sucesso no município de Iturama – MG.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2129/ind_170_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2129/ind_170_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE PROCEDA A DESTINAÇÃO DE SUBVENÇÕES, ATRAVÉS DE APOIO E DESTINAÇÃO DE MEIOS PARA MANUTENÇÃO E EXPANSÃO DE PROJETOS PARA TRATAMENTO DAS PESSOAS COM AUTISMO, PARA POSSIBILITAR MEIOS DE INCLUIR ESSAS PESSOAS COM AUTISMO, POIS A INCLUSÃO É A MELHOR FORMA PARA AJUDAR NO DESENVOLVIMENTO.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2130/ind_171_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2130/ind_171_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja implantado na UBS DR. MILTON DE ANDRADE HORTA, situada no Bairro Santa Rosa, tratamento para pessoas especiais, como no caso do autismo e outros transtornos físicos e mentais, de nossa cidade.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2131/ind_172_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2131/ind_172_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a troca das lâmpadas do Bairro Alto da Boa Vista por lâmpadas de LED.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, solicitar ao setor de obras a instalação de um redutor de velocidade, através de câmera de vídeo, na Avenida Alexandrita, entre as Ruas Santa Vitória e Vinte e Sete de Dezembro, em ambas as vias de rolamento.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2133/ind_174_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2133/ind_174_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feito   um redutor de velocidade no início da Av. Ayrton Senna do Brasil.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2134/ind_175_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2134/ind_175_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a instalação de placas de sinalização indicativas da localização do AEROPORTO da cidade de Iturama/MG, nos trevos da entrada da cidade, no trevo do Posto Carlito e nas principais ruas da cidade.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2135/ind_176_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2135/ind_176_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que se atente as sinalizações da cidade que se encontram ilegíveis.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2136/ind_177_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2136/ind_177_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE PROCEDA A DESTINAÇÃO ATRAVÉS DE CESSÃO OU DOAÇÃO, JUNTO AO ESTADO, DO IMÓVEL QUE ERA SEDE DO DER NA RUA 27 DE DEZEMBRO, 1322, VILA MADALENA, PARA SER CRIADO UM CENTRO ESPECIALIZADO PARA DIAGNÓSTICO E TRATAMENTO DE CRIANÇAS COM AUTISMO.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2137/ind_178_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2137/ind_178_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a aquisição de uma maca ginecológica moderna, para a UBS do Bairro Tiradentes,  de nossa cidade.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2138/ind_179_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2138/ind_179_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, para solicitar e reiterar ao Sr.Prefeito Municipal, a implantação de câmeras de segurança e monitoramento (TOTEM) na entrada da cidade e demais pontos estratégicos de Iturama – MG e no distrito de Alexandrita – MG, complementando as indicações feitas pelos vereadores Carol Miranda e Ronaldo Karfrios.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2139/ind_180_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2139/ind_180_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça asfalto, rede de esgoto, rede pluvial, extensão de rede e guias de meio fio,  no endereço localizado acima da Rua Castro Romão, conhecido como Viela Sanitária, no N° 2.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2140/ind_181_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2140/ind_181_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar e reiterar ao Sr. Prefeito a indicação 355/2021, para pagar os 40% de insalubridade a todos servidores dos postinhos de saúde, que atuam na linha de frente para o COVID-19, incluindo agente de saúde, enfermeiros, técnicos de enfermagem, auxiliar de serviços gerais e médicos.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2141/ind_182_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2141/ind_182_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de solicitar e reiterar ao Sr. Prefeito a indicação 357/2021, a pagar os 40% de insalubridade aos servidores do pronto socorro.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2142/ind_183_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2142/ind_183_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a extensão de rede elétrica 100% nas ruas do distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2143/ind_184_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2143/ind_184_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça o levantamento e cascalhamento da Estrada Municipal da linha velha, antiga estrada da boiadeira, estrada que liga Alexandrita - MG até Município de Carneirinho, incluindo a Estrada da Petronília.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2144/ind_185_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2144/ind_185_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja realizado um estudo para construção e instalação de ondulação transversal (lombada física) na Av. Filadélfio Rodrigues de Lima nas proximidades do Auto Posto Amazonas e da Sorveteria Ki-Delicia  com objetivo de reduzir a velocidade dos veículos que transitam em alta velocidade.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2145/ind_186_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2145/ind_186_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja colocada uma faixa de pedestre elevada em frente o Abrigo Ao Idoso Sol Nascente na rua São Paulo, 55, Centro.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2146/ind_187_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2146/ind_187_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que tome as devidas medidas em relação as condições que a rua D do bairro Bela Vista se encontra.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2150/ind_189_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2150/ind_189_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que possa ser tomada medidas em relação a rua 2 das 250 casas, incluindo outras ruas das proximidades, que falta iluminação. _x000D_
 Pedimos também, em nome da população e pensando na segurança de todos, que todas as bocas de lobos, que presencialmente não estão sendo utilizadas, que sejam tampadas provisoriamente, em especial naquele local.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2151/ind_190_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2151/ind_190_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que atenda a necessidade de ampliar o trevo da entrada de nossa cidade, que vai em sentido a Honorópolis.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2152/ind_191_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2152/ind_191_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que se faça calçadas na ESCOLA MUNICIPAL JOSÉ TIAGO DE QUEIROZ, e que seja planejado algo para evitar que as correntezas que vem da rua Rio Bonito invada casas, que ficam na lateral do muro pela Av. Rio Paranaíba._x000D_
 Faça limpeza no fundo do estabelecimento GARDEN EVENTOS (casa de festa), e que possa ser feito uma via ligando os bairros e evitando com que aquele fim da Rua Rio Paranaíba se torne "o novo lixão" e que também seja implantado postes de iluminação até o final da rua, pois existes moradores neste local.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2153/ind_192_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2153/ind_192_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal,  que proceda a manutenção e troca de todas as  lâmpadas dos postes de iluminação pública localizados na Praça do Bairro Bom Sucesso.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2154/ind_193_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2154/ind_193_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feita a reforma e a cobertura da quadra do Bairro Antonio Bráulio. _x000D_
 O referido local necessita de uma revitalização, incluindo nova pintura e demarcação do piso, além de melhoria na iluminação.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2155/ind_194_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2155/ind_194_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feita parceria com uma clínica de tratamento para dependentes químicos no nosso município, tendo em vista que essa é uma luta que envolve toda a população em especial as famílias dos envolvidos.  A escolha de um local sério e especializado faz toda a diferença na recuperação do dependente.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2156/ind_195_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2156/ind_195_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o plenário, apresenta a Vossa Excelência a presente indicação, solicitando o Sr. Prefeito Municipal, que seja disponibilizado curso de informática para crianças e os adolescentes da cidade de Iturama e Alexandrita</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2157/ind_196_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2157/ind_196_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feita a reforma e a manutenção da pista de Skate da Vila Olímpica.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2158/ind_197_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2158/ind_197_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a aquisição de uma van moderna, com elevador, televisão  e  outros equipamentos essenciais visando facilitar o transporte dos idosos e acamados do LAR SOL NASCENTE.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2159/ind_198_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2159/ind_198_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a designação  de  vigilantes noturnos para as praças de nossa cidade,  visando dar maior segurança a população, intimidar os atos de vandalismo e roubos  frequentes.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2160/ind_199_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2160/ind_199_2022.pdf</t>
   </si>
   <si>
     <t>As vereadoras que esta subscrevem, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que interceda junto às instituições bancárias para que , se possível, proceda o aumento da margem de lucro  para contratação de serviço de empréstimo consignado, para funcionário público municipal, passando de 30% para 40%, tendo em vista a  Medida Provisória nº 1.132, de 03 de agosto de 2022, que elevou de 35% para 40% a margem de lucro na esfera federal, ficando assim igual  para todos.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2161/ind_201_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2161/ind_201_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer sarjetão/valeta para escoamento da água pluvial na Av. José Machado de Freitas com a Rua Jair Gonçalves dos Santos.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2162/ind_202_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2162/ind_202_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer uma extensão de rede elétrica na Av. Brás Alves de Freitas esquina com a Av. Belo Horizonte.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2163/ind_203__2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2163/ind_203__2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer sarjetão/valeta para escoamento da água pluvial e uma lombada elevada com faixa de pedestre na Av. Dom Pedro II, na altura do bairro Vera Lúcia.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2164/ind_204_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2164/ind_204_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que construa uma despensa com cozinha e lavanderia no prédio novo do Centro Cultural localizado na praça de Aparecida no distrito de Alexandrita .</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2165/ind_205_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2165/ind_205_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que determine ao departamento de obras que faça o recapeamento do asfalto em torno do Ginásio Poliesportivo Prefeito Alcides Costa, neste Município.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, determine ao departamento de trânsito para que faça estacionamento vertical de frente o Ginásio Poliesportivo Prefeito Alcides Costa na Av. Juscelino Kubitschek, entre a Rua Santa Vitoria e a Rua 27 de Dezembro, neste Município.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2167/ind_207_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2167/ind_207_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie o mais rápido possível,  refletores para instalar na Casa da Memória de Iturama, devido os moradores da região reclamar que o local está virando ponto de drogas, pela falta de iluminação.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2168/ind_208_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2168/ind_208_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos dos arts. 203 e 204 do Regimento interno, apresenta a Vossa Excelência, a presente indicação, ouvido o Plenário desta Casa, para que seja atualizado o Site Oficial da Câmara Municipal com as seguintes informações:_x000D_
     1. Composição atual das Comissões Permanentes;_x000D_
     2. Divulgações antecipada da Pauta das Reuniões;_x000D_
     3. Divulgações e Publicações dos textos originais das proposições que compõem a   pauta das Reuniões;_x000D_
     4. Divulgação do Fluxograma das proposições em tramitação durante o processo Legislativo.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2169/ind_209_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2169/ind_209_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos dos arts. 203 e 204 do Regimento interno, apresenta a Vossa Excelência, a presente indicação, ouvido o Plenário desta Casa, a ser encaminhada ao Sr. Prefeito Municipal, para que seja feita a substituição das árvores da Av. João Secundino de Queiroz.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2170/ind_210_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2170/ind_210_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos dos arts. 203 e 204 do Regimento interno, apresenta a Vossa Excelência, a presente indicação, ouvido o Plenário desta Casa, a ser encaminhada ao Sr. Prefeito Municipal, para que seja colocado redutores de velocidade nos seguintes locais;_x000D_
 _x000D_
     • CRUZAMENTO DAS AVENIDAS DONA JANDIRA GOUVEIA FRANCO TEIXEIRA COM AV. JOÃO SECUNDINO DE QUEIROZ;_x000D_
     • CRUZAMENTO DAS AVENIDAS SANTA ROSA COM FILADELFO RODRIGUES DE LIMA.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2171/ind_211_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2171/ind_211_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que junto aos órgãos competentes, providêncie a execução de obra de engenharia para construção de sargetão ou valeta na Av. Campina Verde com a Capinópolis.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2172/ind_212_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2172/ind_212_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação 350/2021, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para a instalações de uma lombada/sargetão na marginal Jairo Gouveia, próximo ao N° 1.275.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2173/ind_213_2022_verso.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2173/ind_213_2022_verso.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE PROCEDA A ADESÃO E O CADASTRAMENTO DO MUNICÍPIO NO PROGRAMA MELHOR EM CASA (A segurança do hospital no conforto do seu lar).</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2174/ind_214_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2174/ind_214_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que todo dono de loteamento entregue o loteamento com toda infraestrutura pronta, como placas com os nomes de ruas e avenidas, asfalto e sinalização.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2175/ind_215_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2175/ind_215_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça um redutor de velocidade/quebra molas ou lombada elevada, na Av. da saudade com a Rua Primeiro de Janeiro no Bairro São Miguel.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2176/ind_216_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2176/ind_216_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda à regularização de um bueiro para contenção de água na Rua do Contorno, especificamente em frente ao número 125, no Bairro Itamarati.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2177/ind_217_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2177/ind_217_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de uma praça pública com Área de lazer, Parque Infantil e Academia ao Ar Livre, no Bairro Dr. Diógenes de Souza.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2178/ind_218_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2178/ind_218_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 23/2021, reforma geral e manutenção do terminal rodoviário de nossa cidade, realizando revisão no sistema elétrico e hidráulico, guichês, telhado, banheiros, área de embarque, pisos, pintura de paredes, cadeiras, adequações de acessibilidade etc.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2179/ind_219_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2179/ind_219_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores (as) que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja destinado os computadores, e mobiliários, da Câmara Municipal para a Secretaria Municipal de Saúde, para atender as necessidades de todas as UBS.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Márcio da Ambulância, Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2180/ind_220_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2180/ind_220_2022.pdf</t>
   </si>
   <si>
     <t>Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para fazer os estudos necessários e, após constatar viabilidade, remeter a esta Casa Legislativa Projeto de Lei para que o município acompanhe o piso salarial nacional dos profissionais da enfermagem, conforme a lei federal 14.434/2022, sancionada pelo Presidente Bolsonaro.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2201/ind_221_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2201/ind_221_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que construa muros em volta do Ginásio de esporte do Distrito de Alexandrita, assim como um estacionamento de 45° na frente do mesmo.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2202/ind_222_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2202/ind_222_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que compre um ônibus para atender as necessidades das Secretarias Municipais e também as solicitações das entidades e associações filantrópicas, quanto a suas atividades recreativas e sócio educacional.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2203/ind_223_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2203/ind_223_2022.pdf</t>
   </si>
   <si>
     <t>Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para fazer “sarjetão” para coletar e conduzir as águas superficiais da via pavimentada, no cruzamento da Av. José Machado de Freitas com a Rua Jair Gonçalves dos Santos no bairro Santa Rosa.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2204/ind_224_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2204/ind_224_2022.pdf</t>
   </si>
   <si>
     <t>Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para “cortar” o canteiro central da Av. Santa Rosa na altura do bairro Dr. Diogénes de Souza e Alcides Verrisimo, para saída das ruas Um (1), Onze (11) (Ocacil Simeão de Queiroz),  E e G (José Queiroz Neto).</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2205/ind_225_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2205/ind_225_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos dos arts. 203 e 204 do Regimento interno, apresenta a Vossa Excelência, a presente indicação, ouvido o Plenário desta Casa, a ser encaminhada ao Sr. Prefeito Municipal, para que seja dado combate aos pernilongos e mosquito da dengue na cidade de Iturama.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2206/ind_226_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2206/ind_226_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos dos arts. 203 e 204 do Regimento interno, apresenta a Vossa Excelência, a presente indicação, ouvido o Plenário desta Casa, a ser encaminhada ao Sr. Prefeito Municipal, para que seja recolhido o lixo doméstico da praça do Terminal Rodoviário, principalmente em frente a igreja Catedral das Assembléias de Deus.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2207/ind_227_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2207/ind_227_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, nos termos dos arts. 203 e 204 do Regimento interno, apresenta a Vossa Excelência, a presente indicação, ouvido o Plenário desta Casa, a ser encaminhada ao Sr. Prefeito Municipal, para que sejam feitas fiscalizações urgentes nos bairros novos de Iturama, quanto as regras de abertura de loteamentos.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2208/ind_228_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2208/ind_228_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que coloque um ar condicionado na recepção do Posto de Saúde Rui Ramos no Bairro Newton Cardoso (400 casas).</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2209/ind_229_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2209/ind_229_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para a o estudo e viabilização no sentido de implantar a medicina do trabalhador na Saúde em Iturama/MG, com vistas a atendimento adequado e especializado as pessoas que não podem fazer consultas ou exames em horário comercial.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2210/ind_230_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2210/ind_230_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a destinação através de cessão ou doação, junto ao Estado, do imóvel que era sede do DER na Rua 27 de Dezembro, 1322, no Bairro Vila Madalena, para ser criado um Centro de Convivência “ESPAÇO FLORESCER”.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2211/ind_231_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2211/ind_231_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, ,a reiteração da indicação CM 62/2021, instalar no Velório Municipal ventilação adequada, seja através de ar condicionado ou exaustor, bem como, colocar cadeiras novas, cortinas nas salas e colchões novos nos quartos, visando oferecer a devida comodidade aos visitantes que ali comparecem para prestar suas condolências e solidariedade à família enlutada.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2212/ind_232_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2212/ind_232_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a implantação do PROGRAMA FEDERAL MÃES DO BRASIL</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2231/ind_233_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2231/ind_233_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que aumente os pavilhões da Feira Livre de nossa cidade, pois o espaço está muito reduzido para os feirantes.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2232/ind_234_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2232/ind_234_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça sinalização de trânsito no bairro Vila Pádua.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2233/ind_235_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2233/ind_235_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que repasse o valor recebido da COPASA de R$ 58.092,00 mensal, valor esse recebido no mês de setembro e que estimado anualmente em 707.114,00. Que esse valor recebido seja destinado para pagamento de talões de água da população carente do nosso município.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2234/ind_236_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2234/ind_236_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a reformulação do trevo da exposição Edilson Lamartine Mendes que liga a marginal Av. Assilvio Gélio.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2235/ind_237_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2235/ind_237_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a revisão do código tributário para cobrança de ISS de cartão de crédito, bancos, cartórios e planos de saúde.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2236/ind_238_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2236/ind_238_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, instalação de linhas telefônicas na Zoonose do município.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2237/ind_239_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2237/ind_239_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a implantação do Programa Federal Brasil para Elas.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2238/ind_240_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2238/ind_240_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a implantação do Programa Mães Corujas.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2239/ind_241_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2239/ind_241_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de uma praça pública com área de lazer, parque infantil e academia ao ar livre, no Bairro Universitário, de nossa cidade.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2240/ind_242_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2240/ind_242_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de Reiterar a indicação de nº 452/2021 que solicita ao Sr. Prefeito a reforma geral do anfiteatro ALDARIZA MACHADO DE FREITAS, situado na Vila Olímpica, de nossa cidade, realizando revisão no sistema elétrico e hidráulico, manutenção do telhado, ventiladores, ar condicionado, banheiros, troca de lâmpadas, pintura de paredes, adequações de acessibilidade, pisos, aquisição e reforma de cadeiras e mobiliário em geral. A referida indicação se faz necessária, com urgência, pois o local é utilizado para a realização de palestras, convenções, formaturas, bem como eventos culturais e todos os acontecimentos que venham de encontro ao desenvolvimento, social, cultural e educacional do município.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2246/ind_243_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2246/ind_243_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que invista na decoração de Natal, atividades culturais e premiações, nas avenidas, praças e pontos importantes de nosso Município e Distrito de Alexandrita, como forma de valorizar a vida, a família e o comércio, que muito tem sofrido nestes anos anteriores com a pandemia. _x000D_
 Este ano realizamos várias festas e campeonatos competições e neste momento não poderia ficar de fora, Iturama e Alexandrita precisa ter um Natal melhor, para que as famílias possam se sentir valorizada e amada, para que seja valorizado nossos trabalhos e nosso comércio.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2247/ind_243_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2247/ind_243_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça calçamento total e iluminação no cemitério do distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que instale em todos os prédios públicos e alugados sistema de segurança:_x000D_
     • Alarmes_x000D_
     • Câmeras de monitoramento_x000D_
     • Cercas elétricas_x000D_
     • Grades nas janelas</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2249/ind_246_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2249/ind_246_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja adquirida no Distrito de Alexandrita, uma área para ser doada as famílias  que ainda não foram contempladas em Programas Social  de Moradia, para que os mesmos possam construir  suas residências e ter sua dignidade e seu teto de morar.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Márcio da Ambulância, Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2250/ind_247_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2250/ind_247_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que licite a compra da Van e da Mini Van, verba esta que já está nas contas da Prefeitura e liberada para compra, verba que foi doada pelo Deputado Estadual Arnaldo, reeleito. Essa Van, vai atender a grande demanda dos pacientes do Distrito de Alexandrita. _x000D_
 A ambulância do Distrito tem dia que vem até 09 pessoas e muitas vezes faz mais de 10 viagens no dia, trazendo pacientes para o ambulatório em Iturama.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Ana Lúcia, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2251/ind_248_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2251/ind_248_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a MUDANÇA DE LOCAL E CONSTRUÇÃO DE NOVA ESTAÇÃO DE TRATAMENTO DE ESGOTO, situada, atualmente, na região do Bairro Vera Lúcia. A construção da nova estação deverá ser feita para um local que atenda a viabilidade técnica, jurídica e institucional.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2252/ind_249_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2252/ind_249_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que implante uma circular (transporte urbano), no Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2253/ind_250_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2253/ind_250_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a fazer o recape na entrada que dá acesso ao Bairro Universitário, pois há muitos buracos impossibilitando a passagem para o Bairro.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2254/ind_251_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2254/ind_251_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE PROCEDA A IMPLANTAÇÃO DO PROGRAMA QUALIFICA MULHER.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2255/ind_252_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2255/ind_252_2022.pdf</t>
   </si>
   <si>
     <t>Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para fazer extensão de rede elétrica na Rua Adão Sabino da Costa no final, na Rua 1 passando pela rua 2,3 até 4 todas do Bairro Santa Rosa, e neste mesmo local, colocar postes de iluminação pública.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2256/ind_253_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2256/ind_253_2022.pdf</t>
   </si>
   <si>
     <t>Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para fazer extensão de rede elétrica na Rua da Paz, na altura do nº 115, Bairro Madalena, e neste mesmo local, colocar postes de iluminação pública.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2257/ind_254_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2257/ind_254_2022.pdf</t>
   </si>
   <si>
     <t>Apresento a V.Exa., nos termos do art. 204 do Regimento Interno, sugerindo ao Senhor Prefeito para fazer calçadas, asfalto, sarjetas e extensão de rede elétrica no final das Ruas Caxias do Sul, Alvino Cassiano de Urzedo, Olegário Pádua Diniz, Azambuja.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2258/ind_255_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2258/ind_255_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para determinar ao setor competente que proceda com a construção de canaleta para escoamento de águas pluviais, na Rua Ribeirão São Domingos altura do número 1.660 com Av. João Mateus Sampaio.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2259/ind_256_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2259/ind_256_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça estacionamentos nos dois lados da praça Chico Xavier, no Bairro Antônio Bráulio.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2260/ind_257_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2260/ind_257_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, para REITERAR a indicação 15/2021, solicitando ao Sr. Prefeito Municipal, para que revitalize a Associação Newton Cardoso, do Bairro Newton Cardoso.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2267/ind_258_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2267/ind_258_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a contratar Médico(a) especialista em mastologia e obstetrícia para atender em Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2268/ind_259_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2268/ind_259_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça uma valeta ou redutor de velocidade na Rua do Contorno com a rua Nápolis no Bairro Itamarati.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2269/ind_260_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2269/ind_260_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a manutenção da calçada de caminhada da Av. Prefeito Juca Pádua,  em volta do Sagrado Coração que fica na entrada da cidade.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2270/ind_260_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2270/ind_260_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de uma praça pública com área de lazer, Parque Infantil e Academia ao Ar Livre, no Bairro Residencial Ezio de Queiroz .</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2287/ind_262_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2287/ind_262_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construido um redutor de velocidade / quebra molas / sarjetão, na Av. Ayrton Senna do Brasil, na altura do condomínio Residencial Flamboyant, conforme localização constante no croqui, anexo.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2288/ind_263_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2288/ind_263_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, reiterando a indicação 73/2021, solicitando ao Sr. Prefeito Municipal que faça a limpeza e que depois mantenham limpas as Praças e Avenidas de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2289/ind_264_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2289/ind_264_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, reiterando a indicação 287/2021, no sentido de solicitar ao Sr. Prefeito Municipal a instalar um Hemocentro em nossa cidade, para que doadores de sangue de Iturama e regido possam doar sangue, sem precisar ir em outras cidades, muitos não tem condições de estar indo nas outras cidades para fazer a doação, se o pedido for atendido as doações vão só aumentar.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2290/ind_265_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2290/ind_265_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, reiterando a indicação 232/2021, no sentido de solicitar ao Sr. Prefeito Municipal a contratação de um Terapeuta Ocupacional.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/ind_266_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/ind_266_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes, para que providencie a elaboração de parecer técnico, para a destinação de computadores que não estão sendo utilizados na Câmara Municipal, para a utilização na 3ª CIA IND. PM de Iturama/MG.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/ind_267_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/ind_267_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a elaboração de parecer técnico para a destinação de computadores, que não estão sendo utilizados na Câmara Municipal, para a utilização na 4ª DELEGACIA REGIONAL DE POLICIA CIVIL.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/ind_268_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/ind_268_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a elaboração de parecer técnico, para destinação de um computador e um ar condicionado, que não estão sendo utilizados na Câmara Municipal, para a utilização na Banda Municipal.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/ind_269_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/ind_269_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a elaboração de parecer técnico para a nomeação do novo Posto de saúde do Bairro Alcides Veríssimo, em homenagem a Ronaldo Carvalho Silva.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/ind_270_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/ind_270_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído na área onde tem o recinto, dois barracões, usando os mesmos para cursos profissionalizantes  e atividades necessitadas pelos moradores do distrito de Alexandrita – MG.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/ind_271_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/ind_271_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que utilize a Van de 16 lugares, doada pelo Deputado Estadual Arnaldo, para transportar gratuítamente os  moradores do distrito de Alexandrita para a cidade de Iturama durante a semana. _x000D_
 O deputado  Estadual enviou através de nossa solicitação (Van / Mini Van), para que o município pudesse utilizar em atendimento aos seus moradores.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/ind_272_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/ind_272_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a instalação de semáforos na Av. Prefeito Juca Pádua, esquina com a Av. Coronel José Felisberto e Av. Prefeito Juca Pádua esquina com a Av. Ayrton Senna do Brasil.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/ind_273_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/ind_273_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que o quiosque da Associação dos moradores do Conjunto Habitacional Newton Cardoso, leve o nome de Esmeraldo Cazeca.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_01-2022_000775.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_01-2022_000775.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao Sr._x000D_
 Aurélio Urzedo Bernardo e sua esposa Sra. Nayara Freschi Macedo, eles realizam provas de Team Penning a mais de 10 anos na cidade de Barretos, Team Penning Nossa Senhora Aparecida, e foi realizada em 2021 a décima edição levando o nome de Iturama para todo Brasil, pois nestas provas vão competidores de todo Brasil.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_02_000728.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_02_000728.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao_x000D_
 profissional e na pessoa do Senhor JOSÉ CARLOS DE OLIVEIRA PIMENTA, pelo excelente serviços prestados a população ituramense, na função de SERVIDOR PÚBLICO JUDICIÁRIO COMO GERENTE DE SECRETARIA DA PRIMEIRA VARA JUDICIAL DA COMARCA DE ITURAMA DO TRIBUNAL DE JUSTIÇA DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_03_000729.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_03_000729.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao _x000D_
 profissional e na pessoa do Doutor GEOSANI MENDONÇA DE FREITAS, pelo excelente serviços prestados a população ituramense, na função de CONTROLADOR GERAL DA PREFEITURA MUNICIPAL DA CIDADE DE ITURAMA DO ESTADO DE MINASGERAIS.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao_x000D_
 profissional e na pessoa do Senhor PAULO MARCOS DE FREITAS MAGURNO, pelo excelente serviços prestados a população ituramense, na função de SEGUNDO SECRETARIO DO CONSELHO DE SEGURANÇA PÚBLICA DA CIDADE DE ITURAMA DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_05-2022_000776.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_05-2022_000776.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, vem respeitosamente requerer que, após ouvido o plenário, seja encaminhado congratulações nos termos desta Moção de Aplausos ao Sr. DENIS WILIAN APARECIDO VANNI, em reconhecimento dos seus relevantes serviços prestados a nossa comunidade lturamense.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_06-2022_000777.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_06-2022_000777.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao Sr._x000D_
 JOAO BATISTA SOBRINHO, pelo plantio de Arvores frutíferas às margens dos rios de nossa região, contribuindo com a preservação da natureza e minimizando o desaparecimento de espécies de nossa flora e fauna, principalmente os animais que se alimentam de frutas e vem sendo dizimados pelo desmatamento.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/moc_07_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/moc_07_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO, a senhora APARECIDA DONIZETE DE CARVALHO MENEZES, conhecida como Cidinha, pelos relevantes serviços prestados a comunidade participando do CONSELHO TUTELAR por vários anos consecutivos.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/moc_08_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/moc_08_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO, a senhora APARECIDA DE FÁTIMA PEREIRA BENTO, conhecida também como Cidinha, pelos relevantes serviços prestados ao município, tendo participação de 6 anos no LAR DOS VELHINHOS SOL NASCENTE.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/moc_09_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/moc_09_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao profissional e na pessoa do Sr. José Igor Menezes Sousa, pelo excelentes serviços prestados as crianças do Distrito de Alexandrita com atividades em sua escolinha.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/moc_10_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/moc_10_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem respeitosamente requerer que, após ouvido o plenário, seja encaminhado congratulações nos termos desta Moção de Aplausos a _x000D_
 Sr. IGOR LIMA BORGES, em reconhecimento dos seus relevantes serviços prestados  a nossa comunidade Ituramense.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/moc_11_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/moc_11_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao profissional e na pessoa do Senhor Marcos Paulo Nunes da Silva, Sargento da 3ª Cia PM Ind. de Iturama/MG.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/moc_12_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/moc_12_2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao profissional e na pessoa do Senhor Ariquel Atilla Lopes da Silva, Soldado da 3ª Cia PM Ind. de Iturama/MG.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>Márcio da Ambulância, Ana Lúcia, Deleon, Ricardo Baiano, Ronei Mosquito, Terrinha, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/moc_13_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/moc_13_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, vem respeitosamente requerer que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao Sr. JÚLIO CESAR DOS SANTOS, em reconhecimento dos seus relevantes serviços prestados  a nossa comunidade Ituramense._x000D_
 JÚLIO CESAR DOS SANTOS, filho de nossa terra Iturama-MG, nascido em 22/07/1967, filho de Bernardina de Assis dos Santos e Jovelino Batista dos Santos. _x000D_
 O mesmo tem se destacado com brilhantismo e agilidade no desempenho de suas funções como coordenador da equipe de tapa buraco e demais serviços relacionados.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/moc_14_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/moc_14_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO ao senhor Manoel Dias de Sousa Neto, Soldado da 3ª Cia PM Ind. de Iturama/MG.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/moc_15_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/moc_15_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO  ao Agropecuário Sr. Antonio de Freitas Martins, pelo brilhante trabalho feito a população de Iturama.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/moc_16_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/moc_16_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO ao Sr. Valdemir Freitas da Silva, pelo brilhante trabalho prestado para a população de Iturama como cabeleireiro.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/moc_17_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/moc_17_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO, ao Sr. Cleber Ricardo Gobbi, que atua como vendedor de veículos desde 2005 na cidade de Iturama.</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/moc_18_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/moc_18_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO, a diretoria da ASSOCIAÇÃO DE MORADORES ALEXANDRITENSE, em reconhecimento aos relevantes serviços prestados a coletividade de nossa comunidade.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/moc_19_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/moc_19_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO ao Sr. Stefani Marcos Diniz.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/moc_20_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/moc_20_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, MOÇÃO DE APLAUSO E RECONHECIMENTO ao Sr. Vinicius Antonio Silva Medeiros.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/moc_21_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/moc_21_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal,  MOÇÃO DE APLAUSOS E RECONHECIMETO a Sra. Esther Pereira de Souza Quintino, pelos relevante serviços prestados como Cabeleireira à nossa população.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/moc_22_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/moc_22_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, MOÇÃO DE APLAUSO E RECONHECIMENTO ao Sr. Joaquim Deodato de Oliveira Almeida, pelos relevantes serviços prestados como Empresário em nosso município.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/moc_23_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/moc_23_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta MOÇÃO DE APLAUSO E RECONHECIMENTO, à TODA EQUIPE DA SAÚDE que atuou à frente do combate a pandemia do COVID – 19, representado na pessoa do MÉDICO DIRETOR CLÍNICO DO HOSPITAL MUNICIPAL DELFINA ALVES BARBOSA (HOSPITAL DO POVO), Dr. PATRICK D’ALMEIDA TORREIRA LEMA,  pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2087/moc_24_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2087/moc_24_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento, a Luíz Felipe Marques Leal da Silva, jovem de 12 anos, faixa marrom no karatê, está a sete anos competindo, foi campeão de karatê da primeira etapa do circuito mineiro.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/moc_25_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/moc_25_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao jovem, Cássio Soares de Assunção Praes, 11 anos de idade, faixa marrom de karatê e está a sete anos competindo profissionalmente.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/moc_26_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/moc_26_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento, a Sra. Luane  CAROLINE ALVES MEDEIROS, oficial administrativo na Prefeitura Municipal de Iturama.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/moc_27_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/moc_27_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento ao Sr. RODRIGO BARBOSA DE OLIVEIRA, oficial administrativo na Prefeitura Municipal de Iturama.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/moc_28_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/moc_28_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplauso e reconhecimento a Sonia Aparecida da silva, servidora da Escola Estadual Dom Alexandre, no distrito de Alexandrita, pelos relevantes serviços prestados a população e a  comunidade Alexandritense.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2056/moc_29_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2056/moc_29_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplauso e reconhecimento a Sra. ANÉZIA NUNES DE FREITAS GARCIA, ex diretora da escola Dom Alexandre no distrito de Alexandrita, pelos relevantes serviços prestados.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/moc_30_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/moc_30_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento a Sra. SEBASTIANA PANDOLFO (Tianinha), servidora efetiva do município, atualmente no Hospital do Povo.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/moc_31_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/moc_31_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Sr. WAGNER SILVA ALBINO , servidor público Municipal, condutor de veículos de emergência (Ambulância), pelos relevantes serviços prestado a população de Alexandrita e Iturama.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2059/moc_32_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2059/moc_32_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Sr.  JOSÉ REIS DE QUEIROZ, pelos relevantes serviços prestados aos pacientes de hemodiálise de nosso município, que se encontram em tratamento na cidade de  Fernandópolis/SP.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2060/moc_33_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2060/moc_33_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento a Sra. Jeane Cordeiro Statuti, pelos relevantes serviços prestados a nossa cidade e no distrito de Alexandrita, como condutora de veículos da Secretaria de Saúde.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2073/moc_34_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2073/moc_34_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento aos jovens MATEUS TADEI MONTEIRO e PABLO PEIXOTO, que tem representado nossa cidade nos rodeios regionais.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2074/moc_35_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2074/moc_35_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento, ao Sr. Dr. WANDERLEY JOSÉ DE QUEIROZ, proprietário do laboratório Linel, pelos serviços prestados com recursos próprios a restauração e pintura da imagem de Santa Rita de Cássia, do distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2075/moc_36_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2075/moc_36_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Sr. JULIO HEBERT DA SILVA PEIXOTO e WASCHINGTON FERREIRA DE SOUZA, representatividade nos rodeios brasileiros,  levando o nome de nossa cidade de Iturama e do Distrito de Alexandrita por onde se apresentam. São conhecidos como Dulinha e Ciganinho.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2076/moc_37_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2076/moc_37_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida Moção de Aplauso e reconhecimento ao Sr.  Matheus Batista Pita, motorista de Ambulância no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2077/moc_38_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2077/moc_38_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e reconhecimento ao Sr. Gesualdo Donadelo Bento, motorista de Ambulância no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/moc_39_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/moc_39_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e reconhecimento para Lindalva Félix Bezerra, motorista de Ambulância no Distrito de Alexandrita/MG.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/moc_40_22.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/moc_40_22.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao senhor JULIO JESUÍNO ROCHA UETSUKI – Secretário Municipal de Cultura e sua equipe, que com muita dedicação, responsabilidade e zelo, trabalharam para abrilhantar a “XX FEIRA CULTURAL,  ITURAMA E REGIÃO MOSTRAM SEUS TALENTOS-  II ENCONTRO DE BANDEIRAS FOLIA DE SANTOS REIS”, ocorrida no dia 01 de maio de 2022, em comemoração ao Dia do Trabalho, em nossa cidade.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/moc_41_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/moc_41_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Servidor Público senhor FRANCISCO PEREIRA DE QUEIROZ , pelo trabalho desenvolvido frente à Casa da Memória, cuidando com muito zelo, responsabilidade e dedicação do acervo ali constante e também pela Exposição Fotográfica na XX FEIRA CULTURAL - ITURAMA E REGIÃO MOSTRAM SEUS TALENTOS- “ II ENCONTRO DE BANDEIRAS FOLIA DE SANTOS REIS”, realizada no dia 01 de maio de 2022, em comemoração ao Dia do Trabalho, em nossa cidade.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/moc_42_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/moc_42_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e reconhecimento A EQUIPE DA JARDINAGEM, VARRIÇÃO E LIMPEZA EM GERAL PELO EXCELENTE TRABALHO QUE VEM SENDO REALIZADO  EM ITURAMA E ALEXANDRITA.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/moc_43_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/moc_43_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos ao Sr. Bráulio Pádua de Medeiros, pelos seus relevantes serviços prestado a sociedade Ituramense. O mesmo é merecedor desta homenagem em forma de Moção de Aplausos como forma de reconhecimento e gratidão.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/moc_44_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/moc_44_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimentos pelos serviços voluntários, prestados aos jovens, adolescentes do Distrito de Alexandrita no setor de esporte, LUIZ CARLOS DA SILVA / WILLIAN MAIA DE MENEZES / RICARDO JOSÉ GARCIA.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/moc_45_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/moc_45_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Senhor Pe. JOSÉ CARLOS ALEXANDRE DA SILVA ( PADRE JOSÉ CARLOS), pároco responsável pelo santuário  e a Sra. MARIVANIA APARECIDA OLIVEIRA DA SILVA e do Sr. ADILSON PERREIRA DE QUEIROZ, que ajudaram na organização desta brilhante festa religiosa no distrito de Alexandrita, pelo sucesso da festa de Santa Rita de Cássia.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2099/moc_46_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2099/moc_46_2022.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento a servidora estadual ROSANA PEREIRA DA SILVA, que prestou seus excelentes serviços na escola Dom Alexandre, no distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2100/moc_47_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2100/moc_47_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO ao senhor Tenente Coronel Magno Cipriano de Oliveira, comandante da terceira Cia PM.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2101/moc_48_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2101/moc_48_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO aos senhores Clédson Ferreira da Silva e Elter Jonas, sendo eles dois (Terceiro Sargento da Polícia Militar).</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2102/moc_49_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2102/moc_49_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma MOÇÃO DE APLAUSO e RECONHECIMENTO ao Senhor TIAGO GUIMARÃES ALMEIDA, Cabo da Polícia Militar.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2103/moc_50_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2103/moc_50_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida MOÇÃO DE APLAUSO E RECONHECIMENTO ao atleta Stefani Diniz, que representa nossa cidade de Iturama pelo mundo do esporte e que é Campeão Mineiro de Karatê.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2104/moc_51_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2104/moc_51_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida MOÇÃO DE APLAUSO e RECONHECIMENTO a Sra. Milene Aparecida de Sene, professora da Escola Municipal Lourival Baptista Câmara de Iturama – Mg.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2105/moc_52_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2105/moc_52_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao motorista efetivo da saúde Sr. LEOMAR SOARES DE SOUZA, pelos serviços prestados aos pacientes da saúde de nosso município.</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2106/moc_53_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2106/moc_53_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao motorista  IZOESTE RODRIGUES VIÇOSO, motorista da saúde, que tem desempenhado seu trabalho com respeito e dignidade.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2107/moc_54_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2107/moc_54_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao senhor FELIPE FERMINO LARA, diácono da igreja evangélica povo de Deus, pelos serviços pastoral desenvolvido a nossa comunidade ituramense.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2108/moc_55_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2108/moc_55_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao Pastor LEONE FERREIRA NUNES, pelos serviços prestados a comunidade evangélica de Iturama, esta  na frente da igreja Pentecostal do monte sinais missões.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2109/moc_56_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2109/moc_56_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos  e Reconhecimento a Sra. Joeli Feitosa, técnica em enfermagem no hospital do povo.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2110/moc_57_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2110/moc_57_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e Reconhecimento, a Sra. Kelly Cristina Gonçalves de Assis,  enfermeira no hospital do povo.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2121/moc_58_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2121/moc_58_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta Moção de Aplausos e Reconhecimento, a toda equipe da saúde representada pelo Secretário da Saúde Dr. ROGÉRIO ROBERTO BARBOSA RIBEIRO e pelo Presidente do Conselho Municipal de Saúde Dr. NEI ALVES BARBOSA.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2122/moc_59_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2122/moc_59_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma MOÇÃO DE APLAUSO E RECONHECIMENTO para a Sra. ROSILAINE APARECIDA DA SILVA, proprietária da oficina DINÂMICA AUTO PEÇAS.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2123/moc_60_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2123/moc_60_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento, ao senhor GILBERTO PAMPLONA LEAL, da secretaria de Meio Ambiente pelo serviços prestados a nossa comunidade rural, na execução de pontes e mata burros, juntamente com sua equipe de trabalho.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2124/moc_61_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2124/moc_61_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos para a Dra Elisa de Paula Garcia, médica vascular em Iturama/MG.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2125/moc_62_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2125/moc_62_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimento ao Srº Elson de Oliveira Evangelista, pelo excelente serviço prestado como 3º Sargento PM, Lotado 5º Cia PM/4º pelotão Rodoviário em Iturama/MG, há 23 (vinte três) anos. Foi Polícia Militar por 18 anos.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2126/moc_63_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2126/moc_63_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e reconhecimento ao Srº Teobaldo Borges Nunes, pelo excelente serviço prestado como 3º Sargento PM, Lotado no 4º pelotão de Policia Militar Rodoviário em Iturama/MG, há 26 anos e 11 meses.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2127/moc_64_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2127/moc_64_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e reconhecimento ao Srº Oscimar Custodio da Silveira, pelo excelente serviço prestado como Locutor de Rodeio, pelo período de 20 anos e pelo grande diploma Orestes Avila recebido no ano de 2014 na cidade de Barretos, durante a festa do peão que ocorre anualmente.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2128/moc_65_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2128/moc_65_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta Moção de Aplausos e Reconhecimento, ao Sr. LUIZ GUSTAVO FABRIS FERREIRA, promotor de justiça na Comarca de Iturama – MG.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2147/moc_66_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2147/moc_66_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida MOÇÃO DE APLAUSOS E RECONHECIMENTO ao Sr. CLOVIS FERREIRA MINARÉ , proprietário do DA CASA SUPERMERCADO.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2148/moc_67_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2148/moc_67_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplauso e reconhecimento ao Doutor RAUL GARCIA, médico do Pronto socorro/ Hospital Nossa Senhora Aparecida/ Hospital Unimed, pelos serviços prestados em nosso município na área de saúde.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2149/moc_68_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2149/moc_68_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e Reconhecimento ao Srº Waltim José de Queiroz, pelo excelente serviço prestado como motorista de ambulância no período de 06 (seis) anos, ele foi vereador entre os anos de 1989 à 1996 e atualmente está trabalhando na Secretaria da Saúde no município de  Iturama/MG.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2182/moc_69_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2182/moc_69_2022.pdf</t>
   </si>
   <si>
     <t>Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento a Srª. FLÁVIA RODRIGUES QUEIROZ, pela sua dedicação, amor e empenho na realização da Festa da Comunidade São Benedito, que acontecerá nos dias 17 e 18 de Setembro deste ano, na zona rural do distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2183/moc_70_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2183/moc_70_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento a Sr. DANIEL CARLOS MACHADO, professor do curso Técnico em Segurança do Trabalho, no Instituto Educacional Profissionalizante (IEP).</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2184/moc_71_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2184/moc_71_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento para o Sr. GENEBALDO ALVES DE LIMA  e a Sra. KELEN CRISTINA MARQUES LIMA,  coordenadores da Festa Santa Rosa de Lima e toda sua equipe,  que com responsabilidade, amor e disposição fizeram acontecer o grandioso Leilão de Bezerras e também as barracas de alimentação,  montadas no local do Show do Mato Grosso e Mathias, ambos em prol à Paróquia Santa Rosa de Lima._x000D_
 		Não teria sido possível obter tamanho sucesso sem a dedicação do casal presidente Genebaldo e Kelen,  que através do seu trabalho estão sempre contribuindo para o  engrandecimento e fortalecimento da Paróquia Santa Rosa de Lima.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2185/moc_72_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2185/moc_72_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento aos professores de informática da Secretaria Municipal de Educação, JONATHAN LUIZ DA SILVA e JUNIO CÉSAR MARTINS LEÃO, pelo brilhante trabalho desenvolvido frente às escolas , no que tange às lousas digitais, as quais proporcionam inúmeras possibilidades de conexão,  oferecidas pela era digital, na busca de novas formas de ensinar e aprender , modernizando  o sistema de ensino do Município.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2186/moc_73_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2186/moc_73_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Sr. JEDER VIANA DE ALMEIDA, Presidente da Associação dos Moradores do Bairro Jardim América.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2187/moc_74_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2187/moc_74_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para a Associação dos Psicólogos do Pontal do Triângulo Mineiro, representada pela Sra. Vilma Maria Severino Lopes, em comemoração ao dia do psicólogo, que ocorreu no dia 27 de agosto.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2213/moc_75_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2213/moc_75_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento para a  equipe da SECRETARIA MUNICIPAL DE EDUCAÇÃO, representada pelo senhor SAULO VIEIRA GUIMARÃES, referente a realização do Desfile Cívico  de 7 de setembro, em comemoração aos 200 anos da Independência do Brasil.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2214/moc_76_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2214/moc_76_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Senhor CARLOS FERREIRA ASSUNÇÃO JÚNIOR, Presidente da  Associação Comercial e Industrial de Iturama -  ACIITU e  da Associação de Pais e Amigos dos Excepcionais - APAE,  pelo excelente trabalho que desenvolve como presidente dessas associações, auxiliando no desenvolvimento  econômico e social do município, planejando, executando e sempre buscando resultados que culminem no fortalecimento de nossa cidade. Como gestor da APAE  sempre atuante na defesa dos direitos sociais, caminhando no objetivo de cumprir cada vez mais com sua missão em  articular e promover ações de inclusão, na perspectiva de melhoria da qualidade de vida dos usuários da instituição.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2215/moc_77_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2215/moc_77_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento para a personal trainer e atleta de fisiculturismo ELIANE MURTINHO, que tem se destacado pela participação em campeonatos de fisiculturismo, representando nosso município no evento denominado Muscle Contest, na cidade de Uberlândia, Estado de Minas Gerais, realizado no dia 10/09/2022. _x000D_
 Ganhou 03 campeonatos de fisiculturismo, sendo: _x000D_
 Top 2º/ Wellness +35_x000D_
 Top 3º/ Wellness até 1.63 cm, em São José do Rio Preto-SP _x000D_
 Campeonato Guarulhos-SP em 28/05/2022_x000D_
  Top 3º/ Wellness +35_x000D_
  Top 5º/ Wellness até 1.63 cm_x000D_
  Top 1º/ Wellness Master 35+_x000D_
  Top 2º/ open_x000D_
  Top 2º/ Novice</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2216/moc_78_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2216/moc_78_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para os motoqueiros - JEAN REIS CERCONVIS / LUIS HENRIQUE ARANTES JORDÃO / JHONATHAN LUCIO FREITAS SAMPAIO (BROTO) e  THIAGO RIBEIRO LIMA que representaram Iturama – MG, na 1ª Copa de Motocross.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2217/moc_79_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2217/moc_79_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplauso e reconhecimento aos funcionários da secretaria de saúde de nosso município, "Agnes Aparecida Vieira de Freitas / Luzinete Anália de Souza / Maria José de Oliveira / Cleber Ferreira da Silva e Kátia Cristina Silva Rosa.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2218/moc_80_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2218/moc_80_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos para o Senhor Dhiego Souto de Jesus, Soldado da 3ª Cia PM Ind. de Iturama/MG.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos para o Senhor Lucas Humberto Dias, Soldado da 3ª Cia PM Ind. de Iturama/MG.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2225/moc_82_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2225/moc_82_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Servidor Público senhor SOCRATES STEFFEN , pela sua dedicação, cordialidade e resolutividade no desempenho de sua função. O mencionado servidor é coordenador do serviço de transporte de pacientes que necessitam de tratamento de saúde de maior complexidade em maiores centros médicos.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2226/moc_83_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2226/moc_83_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento às Assistentes Sociais Sra. Katia Cristina Silva Rosa, Sra. Luana Maria Costa Dantas e as servidoras municipais Sra. Maria José de Oliveira e Sra. Luzinete Anália de Souza, pelo trabalho responsável, justo e comprometido frente a Secretaria Municipal de Saúde, colaborando com a promoção do bem-estar social, dedicando-se a lutar pelos direitos humanos, por melhores condições de vida para grupos sociais vulneráveis.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2227/moc_84_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2227/moc_84_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento aos professores da Escola Dom Alexandre do distrito de Alexandrita, Sr. Ugledon de Carvalho Faria e Letícia Oliveira Santos, que muito tem se dedicado na educação de jovens e adolescentes desta unidade escolar.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2228/moc_85_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2228/moc_85_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma MOÇÃO DE SOLIDARIEDADE a Família do Sr. Joelito Batista do Nascimento, que foi sepultado no dia 27 de Setembro de 2022 às 10h00.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2229/moc_86_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2229/moc_86_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Sr. JAIRO GOUVEIA TEIXEIRA e a  Sra. REGINA DE SOUZA CARVALHO, representantes do empreendimento Santa Rosa.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2241/moc_87_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2241/moc_87_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e Reconhecimento à Secretária Municipal de Desenvolvimento Social à Dra. MÁRCIA REGINA FERREIRA FONTOURA SOUSA e sua equipe, pelo trabalho responsável, justo e comprometido frente à Secretaria Municipal de Desenvolvimento Social e especialmente pela brilhante realização da festa em comemoração ao DIA DAS CRIANÇAS, que foi um sucesso, com muitos brinquedos, teatros, distribuição de cachorros quentes, refrigerantes, pipocas, valorizando a integração da criança na sociedade e trazendo resultados positivos para o presente e futuro das mesmas.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2242/moc_88_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2242/moc_88_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimeto para o Senhor Marcos Aurélio Bernardes Vieira, Tenente Comandante do 8º Pel/ 1ª Cia/ 8º BBM  de Iturama/MG.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2243/moc_89_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2243/moc_89_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimento para o Senhor Wellington Mariano de Oliveira, Segundo Sargento do 8º Pel/ 1ª Cia/ 8º BBM  de Iturama/MG.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2244/moc_90_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2244/moc_90_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento a servidora e técnica de enfermagem  Sra. Angelita de Oliveira Santos, pelo excelente trabalho que sempre desempenhou  em prol aos pacientes de nosso Município.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2245/moc_91_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2245/moc_91_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e Reconhecimento ao Servidor Público, Sr. CLAUDINEI JOSÉ SIQUEIRA, pela sua dedicação e atuação junto à Secretaria de Ação e Desenvolvimento Social, no atendimento e execução dos projetos sociais, desenvolvidos pelos governos, Federal, Estadual e Municipal. Ressalta-se que o objetivo desses projetos é prevenir e atender a ocorrência de situações de vulnerabilidade e risco social nos territórios por meio do fortalecimento de vínculos familiares e comunitários, além da ampliação e garantia do acesso aos direitos de cidadania.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2271/moc_92_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2271/moc_92_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento à Professora MARIA APARECIDA MARTINS, que conseguiu através de um trabalho dado por ela em sala de aula, levar o aluno LINCON MARCELO DA SILVA ALBINO, da escola João Ribeiro Rosa de Iturama,  para conhecer a fábrica VILMA ALIMENTOS e participar junto de um Master Chef no programa de Televisão.</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2272/moc_93_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2272/moc_93_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento ao Sr. Dr. Genebaldo Vitório Borges, Promotor de Justiça de Minas Gerais desde 1995 e sócio da empresa Santa Rosa Empreendimentos Imobiliários LTDA.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2273/moc_94_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2273/moc_94_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento para o Senhor Eduardo Aparecido Vitorino Gonçalves de Oliveira, escrivão da 4ª delegacia regional de Polícia Cívil.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2274/moc_95_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2274/moc_95_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida A moção de aplauso e reconhecimento, ao Sr. Mauro Alexandre Gomes, 43 anos de Idade, casado, pai de 2 filhos, Engenheiro Civil, pós graduado em Pavimentação e Restauração Rodoviária pela Universidade Fumec-MG, atualmente no cargo de chefe da unidade Regional do DER/MG - UBERABA -(25ªURG), efetivo do quadro de engenheiros do DER/MG, no cargo desde janeiro de 2019.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/moc_96_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/moc_96_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento aos investigadores da 4ª Delegacia Regional de Polícia Civil de Iturama, Senhor MARCUS VINÍCIUS DE SOUZA, Senhor WALLACE BATISTA PEREIRA e ao Senhor THIAGO JOSÉ MACHADO PEREIRA ROSA , pelos relevantes serviços prestados à segurança de nossa cidade, exercendo um trabalho bastante minucioso que exige grande responsabilidade profissional, empregando grande parte do seu tempo para praticar o bem, evitar injustiças e trazer esperança de solução para as pessoas.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/moc_97_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/moc_97_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e reconhecimento para o Senhor Wexley Vinícius Candido Silva, escrivão da 4ª delegacia regional de Polícia Cívil.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2286/moc_98_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2286/moc_98_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimento as servidoras municipais Sra. Marta Aparecida da Silva e Sra. Kelen Cristiane de Carvalho , pelo trabalho responsável, dedicado, justo e comprometido frente Secretaria Municipal de Saúde, com a missão de agendar exames, cirurgias e outras especialidades fora do município, desenvolvendo ações que facilitam melhores condições de atendimento e proteção as pessoas e famílias em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/moc_99_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/moc_99_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o plenário, requer a Vossa Excelência, Moção de aplausos e reconhecimento ào Sr. Josmar Resende de Melo, empresário no nosso município.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/moc_100_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/moc_100_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência, que seja dirigida Moção de aplauso e Reconhecimento, ao Sr. João Batista de Oliveira, conhecido como J. Figueiredo, repórter, jornalista e radialista, pelos relevantes serviços prestados a nossa comunidade Ituramense.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/moc_101_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/moc_101_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, a Sra. , moradora do distrito de Alexandrita, festeira de todos os eventos que ocorrem no distrito e na zona rural,  fazendo seus mais variados frangos assados e fritos.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/moc_102_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/moc_102_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer à Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, para a Doutora Juliana dos Santos Soares, médica ginecologista em nosso município.</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/moc_103_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/moc_103_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer à Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, para o Doutor Gustavo de Oliveira Nogueira, médico oftalmologista em nosso município.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/moc_104_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/moc_104_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento à Dra LÍVIA LEAL DE PAULA, pelos relevantes serviços prestados à população ituramense, que através do seu profissionalismo e seriedade exerce o seu tão honrado trabalho como médica. Apesar de sua pouca idade Dra Lívia, carrega um vasto conhecimento, atendendo com precisão as demandas que lhe são propostas. É também diretora proprietária da Casa de Saúde e Maternidade Nossa Senhora Aparecida, onde através do seu comprometimento e esforço coletivo, realiza investimentos que permitem melhor atendimento e dignidade aos pacientes que necessitam de cuidados com a saúde.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/moc_105_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/moc_105_2022.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento às professoras HELOÍSA APARECIDA MACHADO NAVES e TERESINHA MARIA DA CRUZ ROCHA, pela idealização do encontro para comemorar os 50 anos de formatura no curso ginasial do então Ginásio Estadual de Iturama, atual Escola Estadual Antônio Ferreira Barbosa.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Claudio Tomaz de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/plc_01_2022_001309.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/plc_01_2022_001309.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1° da Lei Complementar n° 141, de 25 de outubro de 2019, e altera a redação das alíneas "a", "b" e "c", do inciso I, do Artigo 15, da Lei Complementar n° 07, de 23 de Dezembro de 2003, que "Institui o Código de Parcelamento do Solo no Município de Iturama e dá outras providências.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/plc_02_2022_001313.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/plc_02_2022_001313.pdf</t>
   </si>
   <si>
     <t>Altera os Anexos VI, VII e IX da Lei Complementar n° 75, de 23 de março de 2015 e alterações posteriores, que "Dispõe sobre a implementação do Plano de Cargos, Carreiras e Vencimentos da Prefeitura Municipal de Iturama, Estado de Minas Gerais".</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/plc_03_2022_001316.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/plc_03_2022_001316.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do Artigo 15 e § 3° da Lei Municipal n° 2.692 de 11 de setembro de 1992 que "Dispõe sobre o Estatuto dos Servidores Públicos do Município, das Autarquias e das Fundações Municipais."</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/plc_04_2022_001319.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/plc_04_2022_001319.pdf</t>
   </si>
   <si>
     <t>Regulamenta a fixação do novo piso salarial de Agente Comunitário da Saúde e dos Agentes de Controle de Endemias nos termos da Emenda Constitucional n° 120/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2191/plc_05_2022_000030.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2191/plc_05_2022_000030.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA CAPÍTULO VI-B At. LEI COMPLEMENTAR N° 07 DE 23 DE DEZEMBRO DE 2003 E ALTERAÇÕES POSTERIORES, QUE "INSTITUI 0 CÓDIGO DE PARCELAMENTO DO SOLO NO MUNICÍPIO DE ITURAMA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>PLCCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar CM</t>
   </si>
   <si>
     <t>Mesa Diretora da 2ª Sessão Legislativa da 19 ª Legislatura (2022)</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2293/pl_complementar_cm_04_2022_000027.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2293/pl_complementar_cm_04_2022_000027.pdf</t>
   </si>
   <si>
     <t>Altera o art. 61-B da Lei Complementar n° 93/2016 - que "Dispõe sobre a Estrutura Administrativa, Organizacional e do Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos da Câmara Municipal de Iturama, e da outras providências".</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2771/pl_02_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2771/pl_02_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2772/pl_03_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2772/pl_03_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES DO ORÇAMENTO VIGENTE E CONTEM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2773/pl_04_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2773/pl_04_2022_0001.pdf</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2774/pl_05_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2774/pl_05_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE SUBUNIDADES ORÇAMENTARIAS NO PPA PLANO PLURIANUAL E LEI ORÇAMENTARIA VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2775/pl_06_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2775/pl_06_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2776/pl_07_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2776/pl_07_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2777/pl_08_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2777/pl_08_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2778/pl_09_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2778/pl_09_2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Artigo 12-A e Parágrafo Lei n. 2.490 de 06 de Marco de 1.989 que "Institui o Imposto Sobre a Transmissão de Bens Imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2779/pl_10_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2779/pl_10_2022_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidades que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2780/pl_11_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2780/pl_11_2022_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidades que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2794/pl_12_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2794/pl_12_2022_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros à entidade que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2795/pl_13_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2795/pl_13_2022_0001.pdf</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2796/pl_14_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2796/pl_14_2022_0001.pdf</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2797/pl_15_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2797/pl_15_2022_0001.pdf</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2798/pl_16_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2798/pl_16_2022_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para doação de equipamento que menciona, ao Corpo de Bombeiros Militar de Iturama  CBM  8º Batalhão de Bombeiros Militar e dá outras providências.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2799/pl_17_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2799/pl_17_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR  EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2800/pl_18_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2800/pl_18_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2801/pl_19_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2801/pl_19_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES E ALTERAÇÕES DE FONTES DE RECURSOS DO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2802/pl_20_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2802/pl_20_2022_0001.pdf</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2803/pl_21_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2803/pl_21_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR SUPERAVIT FINANCEIRO, NO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2804/pl_22_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2804/pl_22_2022_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2805/pl_23_2022_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2805/pl_23_2022_0001.pdf</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2806/pl_24_2023_000003.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2806/pl_24_2023_000003.pdf</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2807/pl_25_2022_000013.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2807/pl_25_2022_000013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2808/pl_26_2022_000015.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2808/pl_26_2022_000015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir o bem  imóvel constante da matricula n.° 54.483 do Serviço Registral de Imóveis local, com área de 24,00 (vinte e quatro hectares), para posterior doação a pessoas carentes, para fins de moradia, devidamente enquadradas nos critérios legais vigentes, mediante programa social, obedecidos os critérios estabelecidos na Lei Federal n° 8.666/93, conforme Lei Municipal n°. 4.975 de 26 de outubro de 2021.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2888/pl_27_2022_000093.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2888/pl_27_2022_000093.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em dação em pagamento imóveis urbanos que menciona.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2889/pl_28_2022_000247.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2889/pl_28_2022_000247.pdf</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2890/pl_29_2022_000250.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2890/pl_29_2022_000250.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso V e das alíneas "a", "b" e "g" do Artigo 4° da Lei n.° 2.490 de 06 de marco de 1.989, com redação dada pela Lei n." 4.282 de 22 de outubro de 2013.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2891/pl_31_2022_000254.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2891/pl_31_2022_000254.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE ITURAMA PARA 0 EXERCÍCIO DE 2023"</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2892/pl_32_2022_000436.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2892/pl_32_2022_000436.pdf</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2893/pl_33_2022_000439.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2893/pl_33_2022_000439.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES DO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2894/pl_34_2022_000442.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2894/pl_34_2022_000442.pdf</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2895/pl_35_2022_000445.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2895/pl_35_2022_000445.pdf</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2896/pl_36_2022_000448.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2896/pl_36_2022_000448.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2897/pl_37_2022_000451.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2897/pl_37_2022_000451.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos Artigos 1° e 2° da Lei n° 4.466 de 05 de março de 2015.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2898/pl_38_2022_000454.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2898/pl_38_2022_000454.pdf</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2899/pl_39_2022_000457.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2899/pl_39_2022_000457.pdf</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2900/pl_40_2022_000460.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2900/pl_40_2022_000460.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2901/parecer_juridico_pl_41_2022_000464.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2901/parecer_juridico_pl_41_2022_000464.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em dação em pagamento imóvel urbano que menciona.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2902/pl_44_2022_000466.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2902/pl_44_2022_000466.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Iturama/MG, a carteira de identificação da pessoa com transtorno do espectro autista (CIPTEA) criada pela Lei Federal n° 13.977 de 08 de Janeiro de 2020, denominada "Lei Romeo Mion", e dá outras providências.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2903/pl_45_2022_000469.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2903/pl_45_2022_000469.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar Termo de Cooperação para repasse de recursos financeiros ao Sindicato dos Produtores Rurais de Iturama, para realização da 44' Exporama — Exposição Agropecuária e Industrial de Iturama/MG e dá outras providências.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2904/pl_46_2022_000472.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2904/pl_46_2022_000472.pdf</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2905/pl_47_2022_000475.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2905/pl_47_2022_000475.pdf</t>
   </si>
   <si>
     <t>Altera a destinação dos imóveis públicos que menciona, desafeta, afeta, autoriza a permuta e dá outras providências.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2906/pl_48_2022_000478.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2906/pl_48_2022_000478.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a garantir o acesso à justiça social à população LGBTQIA+ e dá outras providências.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2907/pl_49_2022_000482.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2907/pl_49_2022_000482.pdf</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2908/pl_50_2022_000485.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2908/pl_50_2022_000485.pdf</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2909/pl_51_2022_000488.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2909/pl_51_2022_000488.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Celebrar Termo de Acordo na Via Judicial" e dá outras providências.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2910/pl_53_2022_000491.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2910/pl_53_2022_000491.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Iturama a elaborar plano de ações para realização do evento público e gratuito no dia 23 de agosto de 2022, podendo contar com recursos públicos e privados e dá outras providências".</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2911/pl_55_2022_000497.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2911/pl_55_2022_000497.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a firmar Termo de Cooperação para repasse de recursos financeiros à ACIITU — Associação Comercial e Industrial de Iturama, para_x000D_
 realização de cursos de operador de máquina e costura industrial e dá outras providencias.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2914/pl_56_2022_000500.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2914/pl_56_2022_000500.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NA FONTE DE RECURSO 160 VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2915/pl_57_2022_000503.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2915/pl_57_2022_000503.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 10 e incisos "I" e 'II", da Lei n° 3.447, de 25 de maio de 2005, que criou o Conselho Municipal do Idoso e dispõe sobre a Política Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2916/pl_58_2022_000506.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2916/pl_58_2022_000506.pdf</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2917/pl_59_2022_000509.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2917/pl_59_2022_000509.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2918/pl_60_2022_000512.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2918/pl_60_2022_000512.pdf</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2919/pl_61_2022_000515.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2919/pl_61_2022_000515.pdf</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2920/pl_62_2022_000518.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2920/pl_62_2022_000518.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI N° 4.991/2.021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2921/pl_63_2022_000521.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2921/pl_63_2022_000521.pdf</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2922/pl_64_2022_000524.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2922/pl_64_2022_000524.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDI SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NA FONTE DE RECURSO 171 VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2923/pl_65_2022_000527.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2923/pl_65_2022_000527.pdf</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2924/pl_67_2022_000530.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2924/pl_67_2022_000530.pdf</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2925/pl_68_2022_000533.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2925/pl_68_2022_000533.pdf</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2926/pl_69_2022_000536.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2926/pl_69_2022_000536.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do Artigo 10 da Lei n° 4.921, de 17 de Fevereiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2927/pl_70_2022_000539.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2927/pl_70_2022_000539.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A FIRMAR CONVÊNIO PARA COMPLEMENTAÇÃO DOS SERVIÇOS DE SAÚDE E CONCEDER SUBVENÇÃO À FUNDAÇÃO FACULDADE REGIONAL DE MEDICINA DE SÃO JOSÉ DO RIO PRETO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2928/pl_71_2022_000545.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2928/pl_71_2022_000545.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO VIGENTE NA FONTE DE RECURSO 168 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2929/pl_72_2022_000548.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2929/pl_72_2022_000548.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE NA FONTE DE RECURSO 192 E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2930/pl_73_2022_000551.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2930/pl_73_2022_000551.pdf</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2189/plo_74_2022_000020.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2189/plo_74_2022_000020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 3° do Artigo 1° da Lei n°4.267, de 20 de Setembro de 2013.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2190/plo_75_2022_000023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2190/plo_75_2022_000023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 75/2022, que Autoriza o Poder Executivo a receber em dação em pagamento imóvel urbano que menciona.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2198/plo_76_2022_000032.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2198/plo_76_2022_000032.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A CELEBRAR TERMO DE ACORDO NA VIA JUDICIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2220/plo_77_2022_000070.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2220/plo_77_2022_000070.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NA FONTE DE RECURSO 106 DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2196/plo_78_2022_000019.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2196/plo_78_2022_000019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS". a fim de viabilizar as ações governamentais da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2194/plo_79_2022_000008.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2194/plo_79_2022_000008.pdf</t>
   </si>
   <si>
     <t>APROVA PLANO DE TRABALHO E AUTORIZA 0 PODER EXECUTIVO AFIRMAR TERMO DE FOMENTO PARA COMPLEMENTAÇÃO DOS SERVIÇOS DE SAÚDE CONCEDER SUBVENÇÃO A FUNDAÇÃO FACULDADE REGIONAL DE MEDICINA DE SÃO JOSÉ DO RIO PRETO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2188/pl_80_2022_000015.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2188/pl_80_2022_000015.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 2° do Artigo 31 da Lei n° 4.945 de 29 de junho de 2021.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS, a fim de viabilizar as ações governamentais da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2221/plo_82_2022_000074.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2221/plo_82_2022_000074.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECÍFICA</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2222/plo_83_2022_000078.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2222/plo_83_2022_000078.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSISTÊNCIA JUDICIÁRIA MUNICIPAL DE APOIO EM MATÉRIAS URGENTES AFETAS A SAÚDE DA POPULAÇÃO DE ITURAMA MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2199/plo_84_2022_000040.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2199/plo_84_2022_000040.pdf</t>
   </si>
   <si>
     <t>Altera a redação da ementa e do Artigo 1° da Lei n° 5.095 de 15 de agosto de 2022.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/pl_85_2022_000116.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/pl_85_2022_000116.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2023</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2197/plo_86_2022_000023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2197/plo_86_2022_000023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ITURAMA A REALIZAR EVENTO DENOMINADO 1º COPA ITURAMA DE MOTOCROSS A SE DAR NOS DIAS 10 E 11 DE SETEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2200/plo_87_2022_000045.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2200/plo_87_2022_000045.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2261/plo_90_2022_000151.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2261/plo_90_2022_000151.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2262/plo_91_2022_000154.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2262/plo_91_2022_000154.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em doação e afeta bem imóvel que menciona.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2294/plo_92_2022_000030.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2294/plo_92_2022_000030.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2302/plo_93_2022__000060.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2302/plo_93_2022__000060.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A FIRMAR 0 CONVÊNIO N° 01/2022 COM 0 ISSRV — INSTITUTO SOCIAL SAÚDE RESGATE A 'VIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2298/plo_94_2022_000039.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2298/plo_94_2022_000039.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A FIRMAR 0 CONVÊNIO N° 02/2022 COM A CASA DE SAÚDE E MATERNIDADE NOSSA SENHORA APARECIDA LTDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2303/parecer_jur_plo_96_2022_000079.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2303/parecer_jur_plo_96_2022_000079.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS," a fim de viabilizar as ações governamentais da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2304/plo_97_2022_000083.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2304/plo_97_2022_000083.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS," a fim de viabilizar as ações governamentais do Poder Executivo do Exercício de 2022.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2305/plo_98_2022_000091.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2305/plo_98_2022_000091.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS," a fim de viabilizar as ações governamentais da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2297/plo_99_2022_000036.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2297/plo_99_2022_000036.pdf</t>
   </si>
   <si>
     <t>o Projeto de Lei n° 99/2022, que "AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NA FONTE DE RECURSO 170 E 136 VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2296/plo_100_2022_000033.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2296/plo_100_2022_000033.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E CONTEM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/pl_101_2022_000160.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/pl_101_2022_000160.pdf</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/plo_102_2022_000193.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/plo_102_2022_000193.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/pl_103_2022_000177.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/pl_103_2022_000177.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2931/pl_54_2022_000494.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2931/pl_54_2022_000494.pdf</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>PLOCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3201/pl_cm_01_2022_001183.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3201/pl_cm_01_2022_001183.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual na forma do inciso X, do art. 37, da Constituição Federal ao vencimento dos servidores públicos do Poder Legislativo do Município de Iturama/MG e dá outras providências.</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3202/pl_cm_02_2022_001186.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3202/pl_cm_02_2022_001186.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais no Orçamento Vigente.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/pl_cm_03_2022_001226.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/pl_cm_03_2022_001226.pdf</t>
   </si>
   <si>
     <t>Autoriza a revisão geral anual dos Subsídios dos Vereadores do Poder Legislativo do Município de Iturama, Estado de Minas Gerais, de que trata o_x000D_
 inciso X, do artigo 37, da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3204/pl_cm_06_2022_001193.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3204/pl_cm_06_2022_001193.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a "ASSOCIAÇÃO CORRENTE SOLIDARIA DE ITURAMA-MG".</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Deleon, Márcio da Ambulância, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/pl_cm_07_2022_001196.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/pl_cm_07_2022_001196.pdf</t>
   </si>
   <si>
     <t>Reconhece no Município de Iturama/MG o dia 9 de julho como o dia dos Colecionadores, Atiradores e Caçadores e suas atividades como atividade de risco, configurando efetiva necessidade e exposição à situação de risco à vida e incolumidade física, conforme os termos do artigo 10 da Lei Federal nº 10.826 de 2003.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/pl_cm_08_2022_001199.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/pl_cm_08_2022_001199.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do município de Iturama MG, o "Dia Municipal em Homenagem às Vitimas da Covid-19".</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/pl_cm_09_2022_001203.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/pl_cm_09_2022_001203.pdf</t>
   </si>
   <si>
     <t>Regulamenta a manutenção das atividades políticas-parlamentares e administrativas da Câmara Municipal em virtude de deslocamentos da sede do Município de Iturama/MG e dá outras providências.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/pl_cm_10_2022_001206.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/pl_cm_10_2022_001206.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no Orçamento Vigente.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/pl_cm_11_2022_001208.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/pl_cm_11_2022_001208.pdf</t>
   </si>
   <si>
     <t>Dá denominação que menciona e outras providências.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/pl_cm_12_2022_001211.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/pl_cm_12_2022_001211.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 730.000,00 (Setecentos e trinta mil reais) no Orçamento Vigente.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/pl_cm_13_2022_001214.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/pl_cm_13_2022_001214.pdf</t>
   </si>
   <si>
     <t>Dá denominação que menciona e outra providências.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/pl_cm_14_2022_001217.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/pl_cm_14_2022_001217.pdf</t>
   </si>
   <si>
     <t>Denomina-se de" FRANCISCO RODRIGUES - CHICO MUDO" A ATUAL Ponte do Taperão, no Distrito de Alexandrita, município de Iturama/MG.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/pl_cm_15_2022_001229.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/pl_cm_15_2022_001229.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "JOSÉ LEAL SAMPAIO - JUCA LÚCIO" , a ponte sobre o córrego Santa Rosa, no final da Rua 34 do Residencial Vera Lúcia, em Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/pl_cm_16_2022_001237.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/pl_cm_16_2022_001237.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART 1° DA LEI N° 5.068, DE 22 DE JUNHO DE 2.022, QUE DÁ DENOMINAÇÃO QUE MENCIONA E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2193/plcm_17_2022_000002.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2193/plcm_17_2022_000002.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município de Iturama-MG, o "Dia Municipal do Gari</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2223/pl_cm_18_2022_000083.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2223/pl_cm_18_2022_000083.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2291/pl_cm_19_2022_000196.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2291/pl_cm_19_2022_000196.pdf</t>
   </si>
   <si>
     <t>Revoga e altera Leis que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2292/pl_cm_23_2022_000024.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2292/pl_cm_23_2022_000024.pdf</t>
   </si>
   <si>
     <t>Altera e acresce o art. 40 da Lei n. 5.039 de 20 de abril de 2022, que Regulamenta a manutenção das atividades políticas-parlamentares e administrativas da Câmara Municipal em virtude de deslocamentos da sede do Município de Iturama/MG e da outras providências.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2299/plo_cm_24_2022_000047.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2299/plo_cm_24_2022_000047.pdf</t>
   </si>
   <si>
     <t>Dá a denominação que menciona de NEWTON CARDOSO, o Centro de Lazer do Conjunto Habitacional Newton Cardoso, nesta cidade."</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2300/plo_cm_25_2022_000050.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2300/plo_cm_25_2022_000050.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "ODAIR JERONIMO DE QUEIROZ" A ATUAL Rua 18(dezoito), no Distrito de Alexandrita, município de Iturama/MG.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2301/plo_cm_26_2022_000053.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2301/plo_cm_26_2022_000053.pdf</t>
   </si>
   <si>
     <t>Denominação de "SEBASTIÃO ALBERTO FERREIRA" a nova cozinha da Camara Municipal de Iturama, nesta cidade.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/pl_cm_27_2022_000186.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/pl_cm_27_2022_000186.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "ALESSANDRO JESUS DE FREITAS", o estacionamento da Câmara Municipal de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/_pl_cm_28_2022_000189.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/_pl_cm_28_2022_000189.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO OPRÇAMENTO DA CÂMARA MUNICIPAL DE ITURAMA MG.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/pr_cm__01_2022_000192.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/pr_cm__01_2022_000192.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO Dr. DIMER DE TOLEDO RIBEIRO — DELEGADO DA POLICIA CIVIL_x000D_
 NO MUNICIPAL DE ITURAMA.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/pr_cm__02_2022_000193.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/pr_cm__02_2022_000193.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO CAPITÃO DA PM JOAO CARLOS PINTO.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3081/pr_cm_03_2020_000638.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3081/pr_cm_03_2020_000638.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 369° (TRECENTÉSIMO SEXTAGÉSIMO NONO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICEPREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3082/pr_cm_04_2020_000639.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3082/pr_cm_04_2020_000639.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL DE ITURAMA NO 371° (TRECENTÉSIMO SEPTUAGÉSIMO PRIMEIRO) CURSO DE CAPACITAÇÃO PARA VEREADORES, PREFEITOS, VICEPREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS EM BRASÍLIA/DF.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/pr_cm__05_2022_000194.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/pr_cm__05_2022_000194.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SR. GUILHERME CARVALHO GERALDO.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3083/pr_cm_06_2020_000641.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3083/pr_cm_06_2020_000641.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO DA CÂMARA MUNICIPAL NO CURSO DE CAPACITAÇÃO QUE MENCIONA.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3084/pr_07_2022_000957.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3084/pr_07_2022_000957.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DE COMISSÃO ESPECIAL DE REPRESENTAÇÃO A CÂMARA MUNICIPAL NO CURSO DE CAPACITAÇÃO QUE MENCIONA.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2280/pr_cm__08_2022_000195.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2280/pr_cm__08_2022_000195.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO ITURAMENSE AO Sr. WALLACE BATISTA PEREIRA. INVESTIGADOR DA POLICIA_x000D_
 CIVIL NO MUNICIPAL DE ITURAMA.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3085/pr_09_2022_000958.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3085/pr_09_2022_000958.pdf</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3086/pr_10_2022_000959.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3086/pr_10_2022_000959.pdf</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3087/pr_11_2022_000960.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3087/pr_11_2022_000960.pdf</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3088/pr_12_2022_000961.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3088/pr_12_2022_000961.pdf</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3089/pr_13_2022_000962.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3089/pr_13_2022_000962.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a proceder a devolução do bem móvel que menciona ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3090/pr_14_2022_000963.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3090/pr_14_2022_000963.pdf</t>
   </si>
   <si>
     <t>Fixa a despesa orçamentária da Câmara Municipal de Iturama, Estado de Minas Gerais, para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2224/pr_cm_15_2022_000087.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2224/pr_cm_15_2022_000087.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO DR. GUSTAVO ELEUTÉRIO ALCALDE JUIZ DE DIREITO NA COMARCA DE ITURAMA.</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2263/pr_cm_16_2022_000158.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2263/pr_cm_16_2022_000158.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR AMINTAS PEREIRA MARTINS</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2284/pr_cm_17_2022_000191.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2284/pr_cm_17_2022_000191.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR CLOVIS LEONEL DE ASSIS PRODUTOR RURAL DE ITURAMA.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2283/pr_cm_18_2022_000188.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2283/pr_cm_18_2022_000188.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N° 21/2022 CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO LUIZ SÉRGIO MENDONÇA DE DEUS SILVA.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2282/pr_cm_21_2022_000189.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2282/pr_cm_21_2022_000189.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO ITURAMENSE AO DEPUTADO ESTADUAL SR. ARNALDO SILVA JUNIOR.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2281/pr_cm_22_2022_000190.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2281/pr_cm_22_2022_000190.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SR. ADEMAR QUEIROZ.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/pr_cm_23_2022_000181.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/pr_cm_23_2022_000181.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a proceder a entrega dos bens móveis que menciona ao Poder Executivo, do Município de Iturama MG e dá outras providencias.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>PELCM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2295/proposta_de_emenda_l_organica_02_2022_000014.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2295/proposta_de_emenda_l_organica_02_2022_000014.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Iturama/MG e do Regimento Interno da Câmara Municipal de Iturama/MG.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/req_02_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/req_02_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve ouvida a Casa, requer a Vossa Excelência, que seja feita a liberação de um veículo com motorista, para ser feita uma fiscalização na casa de apoio na cidade de Uberaba – MG.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/req_03_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/req_03_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, ouvida a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 4ª (quarta) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelos falecimentos dos Senhores SEVERINO LUÍS DO NASCIMENTO, ocorrido 11/02/2022; FREI JOÃO BORGES, ocorrido 23/02/2022; ISMAIL CORREA DE OLIVEIRA, ocorrido 07/03/2022.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>Carol Miranda, Márcio da Auto Escola, Paulinho Dias, Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/req_04_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/req_04_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido a Casa, requerem a Vossa Excelência, que seja convocado para comparecer na próxima reunião ordinária da Câmara Municipal o Sr. Secretário Municipal de Educação Saulo Vieira Guimarães, para prestar informações sobre a contratação da empresa SUNCREDIT Participações Societárias Ltda na instalação de energia fotovoltaica nas escolas municipais e CEMEIS</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req_05_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req_05_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, ouvido a Casa, requer a Vossa Excelência, que seja enviado esse requerimento ao Sr. Prefeito Municipal para enviar os seguintes documentos, abaixo descritos, relacionados ao contrato com clínicas de reabilitação para tratamento de dependentes químicos do município._x000D_
 1- Cópia completa do processo licitatório._x000D_
 _x000D_
 2- Cópia do contrato assinado._x000D_
 _x000D_
 3- Quantidade de pessoas internadas._x000D_
 _x000D_
 4- Nome completo dos internos. _x000D_
 _x000D_
 Cumpre esclarecer que o prazo para resposta é de 20 (vinte) dias conforme 1° do art. 11 da Lei Federal n° 12.527/2011 conhecida como Lei da Transparência.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2052/req_06_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2052/req_06_2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscreve, ouvido a Casa, requer a Vossa Excelência, que seja enviado esse requerimento ao Sr. Prefeito Municipal para enviar os seguintes documentos, abaixo descritos, relacionados sobre a OBRA DE REFORMA E ADEQUAÇÃO DA ESCOLA MUNICIPAL DIRETORA MARIA SARAH._x000D_
 _x000D_
 1- Cópia completa do processo Licitatório – número do processo 137/2021; número do processo administrativo 8385/2021;_x000D_
 _x000D_
 2- Cópia do contrato assinado;_x000D_
 _x000D_
 3- Notas fiscais, notas de empenho, medições das notas fiscais pagas, planilha orçamentária e cronograma físico-financeiro de execução;_x000D_
 _x000D_
 4- Se houve a compra de materiais por parte da prefeitura, cópia das notas fiscais de compra e cópia do registro de entrada no setor próprio;_x000D_
 _x000D_
 Cumpre esclarecer que o prazo para resposta é de 20 (vinte) dias conforme 1° do art. 11 da Lei Federal n° 12.527/2011 conhecida como Lei da Transparência</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>Ronaldo Karfrios, Carol Miranda, Márcio da Auto Escola, Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2093/req_07_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2093/req_07_2022.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscreve, ouvido a casa, REQUER a Vossa Excelência,  solicitando que este seja enviado ao Sr. Prefeito Municipal, para que informe a esta Casa se já houve regularização da inadimplência junto a Agência Nacional de Telecomunicações e, na mesma oportunidade, informe se existe débitos não quitados juntos ao Setor Público Federal.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2094/req_08_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2094/req_08_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V.Exa., nos termos do art. 205 do Regimento Interno, o presente Requerimento, solicitando que este seja enviado ao Sr. Prefeito Municipal, para que informe a esta Casa como está a situação do postinho que foi usado como hospital do COVID, se há funcionamento ou uma previsão de quando irá funcionar.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2095/req_09_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2095/req_09_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V.Exa., nos termos do art. 205 do Regimento Interno, o presente Requerimento, solicitando que este seja enviado ao Sr. Prefeito Municipal, para que envie a esta Casa cópia do EDITAL, CONTRATO e todos os documentos do Processo Licitatório Nº 21/2022, modalidade nº 1/2022, processo administrativo nº 1733/2022 – Objeto: CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DE OBRAS DE CONSTRUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA EM PARTE DO BAIRRO ALTO DA BOA VISTA NO MUNICÍPIO DE ITURAMA/MG, e cronograma físico-financeiro, se houver.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2096/req_10_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2096/req_10_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresentamos a V.Exa., nos termos do art. 205 do Regimento Interno, o presente Requerimento, solicitando ao Sr. Prefeito Municipal, que seja enviado a esta Casa Legislativa cópia dos: (a) comprovantes de todos os depósitos dos repasses da Central Park LTDA, administradora da área azul; (b) demonstrativo de todas as receitas da Central Park LTDA que foram enviadas ao Município;</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2097/req_11_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2097/req_11_2022.pdf</t>
   </si>
   <si>
     <t>Senhor Presidente, o vereador que esta subscreve, ouvido a casa, REQUER a Vossa Excelência que seja dirigido esse requerimento ao Sr. Prefeito, para enviar o seguido pedido: as gravações das câmeras de seguranças da Fundação Delfina Alves Barbosa “ Hospital do Povo”.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Deleon, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Ronei Mosquito, Terrinha, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2098/req_12_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2098/req_12_2022.pdf</t>
   </si>
   <si>
     <t>Os (as) Vereadores (as) que esta subscrevem, ouvida a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 11ª (décima primeira) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do Ex. Vereador, Sr. JOSÉ LEAL SAMPAIO (Juca Lúcio), falecido no dia 17/06/2022._x000D_
 Considerando ainda o dever de reverenciar sua memória e deixar patente a profunda consternação que sofre o Legislativo.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2181/req_13_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2181/req_13_2022.pdf</t>
   </si>
   <si>
     <t>Os (as) Vereadores (as) que esta subscrevem, ouvida a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 14ª (décima quarta) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do Sr. Lairson Fraga, proprietário do supermercado Dia a Dia._x000D_
 Considerando ainda o dever de reverenciar sua memória e deixar patente a profunda consternação que sofre o Legislativo.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2230/req_14_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2230/req_14_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve com fundamento no art. 216, inciso VI, do Regimento Interno, ouvido Plenário, requer a Vossa Excelência, solicitar ao Senhor Prefeito, encaminhar a esta casa legislativa, informações dos contratos de empréstimos consignados de servidores públicos municipais, e as respectivas instituições financeiras credoras, como segue:_x000D_
 _x000D_
 I – Relação dos servidores públicos municipais, com empréstimos consignados em aberto, e os seus respectivos valores, com a instituição financeira credora, até a presente data;_x000D_
 II – Relações das instituições financeiras credoras dos contratos de empréstimos consignados em aberto até a presente data, e os seus respectivos valores totalizados.</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2264/req_15_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2264/req_15_2022.pdf</t>
   </si>
   <si>
     <t>Cumprimento-o Cordialmente, solicito o empenho de Vossa Excelência, no sentido de solicitar ao Sr. Prefeito que encaminhe a esta casa de leis uma cópia do contrato assinado do aparelho de Tomografia (Tomógrafo) do instituto Delfina Alves Barbosa (Hospital do Povo)._x000D_
 Cumpre esclarecer que o prazo de resposta é de 20 (vinte) dias conforme o § 1º do art. 11 da Lei Federal nº 12.527/2011 conhecida como Lei da transparência.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>Tião Tiago, Ana Lúcia, Carol Miranda, Deleon, Márcio da Ambulância, Márcio da Auto Escola, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Ronei Mosquito, Terrinha, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2265/req_16_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2265/req_16_2022.pdf</t>
   </si>
   <si>
     <t>Os (as) Vereadores (as) que esta subscrevem, ouvida a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 18ª (décima oitava) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do Sr. JOSÉ TOMAZ JÚNIOR (ZÉ BURRINHO), falecido no dia 05/11/2022._x000D_
 Considerando ainda o dever de reverenciar sua memória e deixar patente a profunda consternação que sofre o Legislativo.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2266/req_17_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2266/req_17_2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o plenário, requer a Vossa Excelência, que seja feito um minuto de silencio na 18ª (decima primeira) reunião ordinária da câmara municipal, que será realizada nesta data, pelo falecimento de:  _x000D_
 Sra. ALESSANDRA SHEILA DOS SANTOS  falecimento em  28/10/2022. _x000D_
 Sr. JORDÃO CARLOS DOS SANTOS TEIXEIRA    falecimento em 29/10/2022. _x000D_
 Sr. NELSON JOSÉ DE FARIA SILVA  falecimento em    29/10/2022. _x000D_
 Sra. MÔNICA BRAZ OLIVEIRA  falecimento em   03/11/2022. _x000D_
 Sr. VICENTE JACINTO ALVEZ  falecimento em 27/10/2022. _x000D_
 Sr. ANTONIO TIAGO BEBEM falecimento em    04/11/2022.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2285/req_18_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2285/req_18_2022.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o plenário, requer a Vossa Excelência, no sentido de solicitar ao Sr. Prefeito Municipal, que encaminhe a esta Casa de Leis uma lista com as iniciais dos nomes, datas e quantidade de todas tomografias feitas nos últimos (06) seis meses até a presente data.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>Márcio da Auto Escola, Paulinho Dias, Ronaldo Karfrios, Ronei Mosquito, Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/req_28_2022.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/req_28_2022.pdf</t>
   </si>
   <si>
     <t>QUE ENCAMINHE ESSE REQUERIMENTO AO SR. PREFEITO, SOLICITANDO INFORMAÇÕES SOBRE OS SERVIDORES QUE ESTÃO TRABALHANDO NO RECESSO, COM SUAS ESCALAS E INFORMAÇÕES SOBRE PAGAMENTO DO ADICIONAL DE TRABALHO DURANTE O RECESSO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6182,67 +6182,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/ind_01_000731.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/ind_03_000733.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/ind_04_000734.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/ind_05_000735.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/ind_06-2022_000778.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/ind_07_000736.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/ind_08_000737.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/ind_09_000738.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/ind_10_000739.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/ind_11_000740.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/ind_12_000741.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/ind_13_000742.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/ind_14_000743.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/ind_15_000744.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/ind_16_000745.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/ind_17_000746.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/ind_18_000747.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/ind_19_000748.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/ind_20_000749.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/ind_21_000750.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/ind_22_000751.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/ind_23_000752.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/ind_24-2022_000779.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/ind_25-2022_000780.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/ind_26_000753.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/ind_27_000754.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/ind_28_000755.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/ind_29_000756.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/ind_30-2022_000781.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/ind_31-2022_000782.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/ind_32-2022_000783.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/ind_33-2022_000784.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/ind_34-2022_000785.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/ind_35-2022_000786.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/ind_36_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/ind_37-2022_000787.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/ind_38-2022_000788.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/ind_40-2022_000789.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/ind_41-2022_000790.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/ind_42-2022_000791.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/ind_43-2022_000792.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_44_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/ind_45_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/ind_46-2022_000793.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/ind_47-2022_000794.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/ind_48-2022_000795.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/ind_49-2022_000796.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/ind_50-2022_000797.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/ind_51-2022_000798.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/ind_52-2022_000799.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/ind_53-2022_000800.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/ind_54_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/ind_55_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/ind_56_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/ind_57_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/ind_58_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/ind_59_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/ind_60_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/ind_61_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/ind_62_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/ind_63_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/ind_64_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/ind_65_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/ind_66_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/ind_67_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/ind_68_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/ind_69_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/ind_70_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/ind_71_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/ind_72_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/ind_73_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/ind_74_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/ind_75_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/ind_76_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/ind_77_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/ind_78_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/ind_79_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/ind_80_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/ind_81_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/ind_82_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/ind_83_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/ind_84_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/ind_85_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/ind_86_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/ind_87_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/ind_88_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/ind_89_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/ind_90_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/ind_91_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/ind_92_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/ind_94_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/ind_95_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/ind_96_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/ind_97_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/ind_98_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/ind_99_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/ind_100_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/ind_101_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/ind_102_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/ind_103_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/ind_104_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/ind_105_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/ind_106_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/ind_107_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/ind_108_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/ind_109_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/ind_110_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/ind_111_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/ind_112_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/ind_113_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/ind_114_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/ind_115_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/ind_116_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/ind_117_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/ind_118_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/ind_119_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2020/ind_120_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/ind_121_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/ind_122_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/ind_124_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/ind_125_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/ind_126_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/ind_127_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/ind_128_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/ind_129_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/ind_130_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/ind_131_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/ind_132_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/ind_133_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/ind_134_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/ind_135_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2045/ind_136_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2046/ind_137_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2047/ind_138_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/ind_139_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/ind_140_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/ind_141_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2061/ind_142_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2062/ind_143_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2063/ind_144_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2064/ind_145_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2065/ind_146_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/ind_147_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/ind_148_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/ind_149_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/ind_150_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2070/ind_151_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2071/ind_152_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/ind_153_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2111/ind_154_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2112/ind_155_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2081/ind_156_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2082/ind_157_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2113/ind_158_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/ind_160_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/ind_161_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/ind_162_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/ind_163_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2115/ind_164_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2116/ind_165_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2117/ind_166_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2118/ind_167_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2119/ind_168_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2120/ind_169_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2129/ind_170_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2130/ind_171_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2131/ind_172_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2133/ind_174_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2134/ind_175_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2135/ind_176_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2136/ind_177_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2137/ind_178_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2138/ind_179_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2139/ind_180_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2140/ind_181_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2141/ind_182_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2142/ind_183_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2143/ind_184_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2144/ind_185_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2145/ind_186_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2146/ind_187_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2150/ind_189_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2151/ind_190_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2152/ind_191_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2153/ind_192_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2154/ind_193_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2155/ind_194_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2156/ind_195_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2157/ind_196_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2158/ind_197_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2159/ind_198_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2160/ind_199_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2161/ind_201_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2162/ind_202_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2163/ind_203__2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2164/ind_204_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2165/ind_205_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2167/ind_207_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2168/ind_208_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2169/ind_209_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2170/ind_210_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2171/ind_211_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2172/ind_212_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2173/ind_213_2022_verso.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2174/ind_214_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2175/ind_215_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2176/ind_216_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2177/ind_217_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2178/ind_218_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2179/ind_219_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2180/ind_220_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2201/ind_221_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2202/ind_222_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2203/ind_223_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2204/ind_224_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2205/ind_225_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2206/ind_226_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2207/ind_227_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2208/ind_228_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2209/ind_229_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2210/ind_230_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2211/ind_231_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2212/ind_232_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2231/ind_233_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2232/ind_234_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2233/ind_235_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2234/ind_236_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2235/ind_237_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2236/ind_238_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2237/ind_239_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2238/ind_240_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2239/ind_241_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2240/ind_242_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2246/ind_243_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2247/ind_243_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2249/ind_246_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2250/ind_247_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2251/ind_248_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2252/ind_249_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2253/ind_250_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2254/ind_251_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2255/ind_252_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2256/ind_253_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2257/ind_254_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2258/ind_255_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2259/ind_256_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2260/ind_257_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2267/ind_258_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2268/ind_259_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2269/ind_260_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2270/ind_260_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2287/ind_262_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2288/ind_263_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2289/ind_264_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2290/ind_265_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/ind_266_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/ind_267_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/ind_268_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/ind_269_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/ind_270_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/ind_271_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/ind_272_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/ind_273_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_01-2022_000775.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_02_000728.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_03_000729.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_05-2022_000776.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_06-2022_000777.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/moc_07_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/moc_08_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/moc_09_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/moc_10_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/moc_11_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/moc_12_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/moc_13_2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/moc_14_2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/moc_15_2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/moc_16_2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/moc_17_2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/moc_18_2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/moc_19_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/moc_20_2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/moc_21_2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/moc_22_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/moc_23_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2087/moc_24_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/moc_25_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/moc_26_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/moc_27_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/moc_28_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2056/moc_29_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/moc_30_2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/moc_31_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2059/moc_32_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2060/moc_33_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2073/moc_34_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2074/moc_35_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2075/moc_36_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2076/moc_37_2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2077/moc_38_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/moc_39_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/moc_40_22.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/moc_41_2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/moc_42_2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/moc_43_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/moc_44_2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/moc_45_2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2099/moc_46_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2100/moc_47_2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2101/moc_48_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2102/moc_49_2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2103/moc_50_2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2104/moc_51_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2105/moc_52_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2106/moc_53_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2107/moc_54_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2108/moc_55_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2109/moc_56_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2110/moc_57_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2121/moc_58_2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2122/moc_59_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2123/moc_60_2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2124/moc_61_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2125/moc_62_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2126/moc_63_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2127/moc_64_2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2128/moc_65_2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2147/moc_66_2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2148/moc_67_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2149/moc_68_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2182/moc_69_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2183/moc_70_2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2184/moc_71_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2185/moc_72_2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2186/moc_73_2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2187/moc_74_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2213/moc_75_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2214/moc_76_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2215/moc_77_2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2216/moc_78_2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2217/moc_79_2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2218/moc_80_2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2225/moc_82_2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2226/moc_83_2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2227/moc_84_2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2228/moc_85_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2229/moc_86_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2241/moc_87_2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2242/moc_88_2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2243/moc_89_2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2244/moc_90_2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2245/moc_91_2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2271/moc_92_2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2272/moc_93_2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2273/moc_94_2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2274/moc_95_2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/moc_96_2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/moc_97_2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2286/moc_98_2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/moc_99_2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/moc_100_2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/moc_101_2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/moc_102_2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/moc_103_2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/moc_104_2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/moc_105_2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/plc_01_2022_001309.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/plc_02_2022_001313.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/plc_03_2022_001316.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/plc_04_2022_001319.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2191/plc_05_2022_000030.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2293/pl_complementar_cm_04_2022_000027.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2771/pl_02_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2772/pl_03_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2773/pl_04_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2774/pl_05_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2775/pl_06_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2776/pl_07_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2777/pl_08_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2778/pl_09_2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2779/pl_10_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2780/pl_11_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2794/pl_12_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2795/pl_13_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2796/pl_14_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2797/pl_15_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2798/pl_16_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2799/pl_17_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2800/pl_18_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2801/pl_19_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2802/pl_20_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2803/pl_21_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2804/pl_22_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2805/pl_23_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2806/pl_24_2023_000003.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2807/pl_25_2022_000013.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2808/pl_26_2022_000015.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2888/pl_27_2022_000093.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2889/pl_28_2022_000247.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2890/pl_29_2022_000250.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2891/pl_31_2022_000254.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2892/pl_32_2022_000436.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2893/pl_33_2022_000439.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2894/pl_34_2022_000442.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2895/pl_35_2022_000445.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2896/pl_36_2022_000448.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2897/pl_37_2022_000451.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2898/pl_38_2022_000454.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2899/pl_39_2022_000457.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2900/pl_40_2022_000460.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2901/parecer_juridico_pl_41_2022_000464.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2902/pl_44_2022_000466.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2903/pl_45_2022_000469.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2904/pl_46_2022_000472.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2905/pl_47_2022_000475.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2906/pl_48_2022_000478.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2907/pl_49_2022_000482.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2908/pl_50_2022_000485.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2909/pl_51_2022_000488.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2910/pl_53_2022_000491.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2911/pl_55_2022_000497.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2914/pl_56_2022_000500.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2915/pl_57_2022_000503.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2916/pl_58_2022_000506.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2917/pl_59_2022_000509.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2918/pl_60_2022_000512.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2919/pl_61_2022_000515.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2920/pl_62_2022_000518.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2921/pl_63_2022_000521.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2922/pl_64_2022_000524.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2923/pl_65_2022_000527.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2924/pl_67_2022_000530.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2925/pl_68_2022_000533.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2926/pl_69_2022_000536.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2927/pl_70_2022_000539.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2928/pl_71_2022_000545.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2929/pl_72_2022_000548.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2930/pl_73_2022_000551.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2189/plo_74_2022_000020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2190/plo_75_2022_000023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2198/plo_76_2022_000032.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2220/plo_77_2022_000070.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2196/plo_78_2022_000019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2194/plo_79_2022_000008.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2188/pl_80_2022_000015.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2221/plo_82_2022_000074.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2222/plo_83_2022_000078.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2199/plo_84_2022_000040.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/pl_85_2022_000116.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2197/plo_86_2022_000023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2200/plo_87_2022_000045.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2261/plo_90_2022_000151.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2262/plo_91_2022_000154.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2294/plo_92_2022_000030.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2302/plo_93_2022__000060.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2298/plo_94_2022_000039.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2303/parecer_jur_plo_96_2022_000079.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2304/plo_97_2022_000083.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2305/plo_98_2022_000091.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2297/plo_99_2022_000036.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2296/plo_100_2022_000033.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/pl_101_2022_000160.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/plo_102_2022_000193.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/pl_103_2022_000177.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2931/pl_54_2022_000494.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3201/pl_cm_01_2022_001183.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3202/pl_cm_02_2022_001186.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/pl_cm_03_2022_001226.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3204/pl_cm_06_2022_001193.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/pl_cm_07_2022_001196.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/pl_cm_08_2022_001199.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/pl_cm_09_2022_001203.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/pl_cm_10_2022_001206.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/pl_cm_11_2022_001208.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/pl_cm_12_2022_001211.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/pl_cm_13_2022_001214.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/pl_cm_14_2022_001217.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/pl_cm_15_2022_001229.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/pl_cm_16_2022_001237.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2193/plcm_17_2022_000002.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2223/pl_cm_18_2022_000083.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2291/pl_cm_19_2022_000196.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2292/pl_cm_23_2022_000024.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2299/plo_cm_24_2022_000047.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2300/plo_cm_25_2022_000050.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2301/plo_cm_26_2022_000053.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/pl_cm_27_2022_000186.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/_pl_cm_28_2022_000189.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/pr_cm__01_2022_000192.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/pr_cm__02_2022_000193.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3081/pr_cm_03_2020_000638.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3082/pr_cm_04_2020_000639.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/pr_cm__05_2022_000194.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3083/pr_cm_06_2020_000641.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3084/pr_07_2022_000957.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2280/pr_cm__08_2022_000195.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3085/pr_09_2022_000958.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3086/pr_10_2022_000959.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3087/pr_11_2022_000960.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3088/pr_12_2022_000961.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3089/pr_13_2022_000962.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3090/pr_14_2022_000963.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2224/pr_cm_15_2022_000087.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2263/pr_cm_16_2022_000158.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2284/pr_cm_17_2022_000191.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2283/pr_cm_18_2022_000188.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2282/pr_cm_21_2022_000189.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2281/pr_cm_22_2022_000190.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/pr_cm_23_2022_000181.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2295/proposta_de_emenda_l_organica_02_2022_000014.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/req_02_2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/req_03_2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/req_04_2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req_05_2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2052/req_06_2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2093/req_07_2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2094/req_08_2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2095/req_09_2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2096/req_10_2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2097/req_11_2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2098/req_12_2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2181/req_13_2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2230/req_14_2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2264/req_15_2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2265/req_16_2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2266/req_17_2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2285/req_18_2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/req_28_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1884/ind_01_000731.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1886/ind_03_000733.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1887/ind_04_000734.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1888/ind_05_000735.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1917/ind_06-2022_000778.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1889/ind_07_000736.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1890/ind_08_000737.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1891/ind_09_000738.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1892/ind_10_000739.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1893/ind_11_000740.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1894/ind_12_000741.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1895/ind_13_000742.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1896/ind_14_000743.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1897/ind_15_000744.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1898/ind_16_000745.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1899/ind_17_000746.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1900/ind_18_000747.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1901/ind_19_000748.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1902/ind_20_000749.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1903/ind_21_000750.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1904/ind_22_000751.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1905/ind_23_000752.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1918/ind_24-2022_000779.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1919/ind_25-2022_000780.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1906/ind_26_000753.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1907/ind_27_000754.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1908/ind_28_000755.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1909/ind_29_000756.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1920/ind_30-2022_000781.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1921/ind_31-2022_000782.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1922/ind_32-2022_000783.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1923/ind_33-2022_000784.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1924/ind_34-2022_000785.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1925/ind_35-2022_000786.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1952/ind_36_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1926/ind_37-2022_000787.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1927/ind_38-2022_000788.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1928/ind_40-2022_000789.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1929/ind_41-2022_000790.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1930/ind_42-2022_000791.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1931/ind_43-2022_000792.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1953/ind_44_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1954/ind_45_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1932/ind_46-2022_000793.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1933/ind_47-2022_000794.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1934/ind_48-2022_000795.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1935/ind_49-2022_000796.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1936/ind_50-2022_000797.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1937/ind_51-2022_000798.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1938/ind_52-2022_000799.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1939/ind_53-2022_000800.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1955/ind_54_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1956/ind_55_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1957/ind_56_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1958/ind_57_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1959/ind_58_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1942/ind_59_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1943/ind_60_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1944/ind_61_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1945/ind_62_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1946/ind_63_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1960/ind_64_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1961/ind_65_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1962/ind_66_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1963/ind_67_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1947/ind_68_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1948/ind_69_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1976/ind_70_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1964/ind_71_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1965/ind_72_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1966/ind_73_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1967/ind_74_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1968/ind_75_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1969/ind_76_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1970/ind_77_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1971/ind_78_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1972/ind_79_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1973/ind_80_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1974/ind_81_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1975/ind_82_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1977/ind_83_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1978/ind_84_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1979/ind_85_2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1980/ind_86_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1981/ind_87_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1982/ind_88_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1983/ind_89_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1984/ind_90_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1985/ind_91_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1986/ind_92_2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1988/ind_94_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1997/ind_95_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1998/ind_96_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2029/ind_97_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1999/ind_98_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2000/ind_99_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2001/ind_100_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2002/ind_101_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2003/ind_102_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2004/ind_103_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2005/ind_104_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2006/ind_105_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2007/ind_106_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2008/ind_107_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2009/ind_108_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2030/ind_109_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2010/ind_110_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2011/ind_111_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2012/ind_112_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2013/ind_113_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2014/ind_114_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2015/ind_115_2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2016/ind_116_2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2017/ind_117_2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2018/ind_118_2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2019/ind_119_2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2020/ind_120_2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2021/ind_121_2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2032/ind_122_2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2034/ind_124_2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2035/ind_125_2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2031/ind_126_2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2036/ind_127_2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2037/ind_128_2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2038/ind_129_2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2039/ind_130_2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2040/ind_131_2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2041/ind_132_2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2042/ind_133_2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2043/ind_134_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2044/ind_135_2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2045/ind_136_2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2046/ind_137_2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2047/ind_138_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2048/ind_139_2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2049/ind_140_2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2050/ind_141_2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2061/ind_142_2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2062/ind_143_2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2063/ind_144_2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2064/ind_145_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2065/ind_146_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2066/ind_147_2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2067/ind_148_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2068/ind_149_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2069/ind_150_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2070/ind_151_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2071/ind_152_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2072/ind_153_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2111/ind_154_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2112/ind_155_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2081/ind_156_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2082/ind_157_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2113/ind_158_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2083/ind_160_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2084/ind_161_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2085/ind_162_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2086/ind_163_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2115/ind_164_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2116/ind_165_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2117/ind_166_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2118/ind_167_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2119/ind_168_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2120/ind_169_2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2129/ind_170_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2130/ind_171_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2131/ind_172_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2133/ind_174_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2134/ind_175_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2135/ind_176_2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2136/ind_177_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2137/ind_178_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2138/ind_179_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2139/ind_180_2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2140/ind_181_2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2141/ind_182_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2142/ind_183_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2143/ind_184_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2144/ind_185_2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2145/ind_186_2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2146/ind_187_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2150/ind_189_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2151/ind_190_2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2152/ind_191_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2153/ind_192_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2154/ind_193_2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2155/ind_194_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2156/ind_195_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2157/ind_196_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2158/ind_197_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2159/ind_198_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2160/ind_199_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2161/ind_201_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2162/ind_202_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2163/ind_203__2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2164/ind_204_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2165/ind_205_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2167/ind_207_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2168/ind_208_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2169/ind_209_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2170/ind_210_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2171/ind_211_2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2172/ind_212_2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2173/ind_213_2022_verso.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2174/ind_214_2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2175/ind_215_2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2176/ind_216_2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2177/ind_217_2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2178/ind_218_2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2179/ind_219_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2180/ind_220_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2201/ind_221_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2202/ind_222_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2203/ind_223_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2204/ind_224_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2205/ind_225_2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2206/ind_226_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2207/ind_227_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2208/ind_228_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2209/ind_229_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2210/ind_230_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2211/ind_231_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2212/ind_232_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2231/ind_233_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2232/ind_234_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2233/ind_235_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2234/ind_236_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2235/ind_237_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2236/ind_238_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2237/ind_239_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2238/ind_240_2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2239/ind_241_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2240/ind_242_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2246/ind_243_2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2247/ind_243_2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2249/ind_246_2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2250/ind_247_2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2251/ind_248_2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2252/ind_249_2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2253/ind_250_2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2254/ind_251_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2255/ind_252_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2256/ind_253_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2257/ind_254_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2258/ind_255_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2259/ind_256_2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2260/ind_257_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2267/ind_258_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2268/ind_259_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2269/ind_260_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2270/ind_260_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2287/ind_262_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2288/ind_263_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2289/ind_264_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2290/ind_265_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2306/ind_266_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2307/ind_267_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2308/ind_268_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2309/ind_269_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2319/ind_270_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2320/ind_271_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2321/ind_272_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2322/ind_273_2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1914/mocao_01-2022_000775.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1910/mocao_02_000728.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1911/mocao_03_000729.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1915/mocao_05-2022_000776.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1916/mocao_06-2022_000777.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1940/moc_07_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1941/moc_08_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1949/moc_09_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1989/moc_10_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1990/moc_11_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1991/moc_12_2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1992/moc_13_2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1993/moc_14_2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1994/moc_15_2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1995/moc_16_2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1996/moc_17_2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2022/moc_18_2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2023/moc_19_2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2024/moc_20_2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2025/moc_21_2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2026/moc_22_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2027/moc_23_2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2087/moc_24_2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2088/moc_25_2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2053/moc_26_2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2054/moc_27_2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2055/moc_28_2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2056/moc_29_2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2057/moc_30_2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2058/moc_31_2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2059/moc_32_2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2060/moc_33_2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2073/moc_34_2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2074/moc_35_2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2075/moc_36_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2076/moc_37_2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2077/moc_38_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2078/moc_39_2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2079/moc_40_22.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2080/moc_41_2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2089/moc_42_2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2090/moc_43_2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2091/moc_44_2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2092/moc_45_2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2099/moc_46_2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2100/moc_47_2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2101/moc_48_2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2102/moc_49_2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2103/moc_50_2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2104/moc_51_2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2105/moc_52_2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2106/moc_53_2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2107/moc_54_2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2108/moc_55_2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2109/moc_56_2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2110/moc_57_2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2121/moc_58_2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2122/moc_59_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2123/moc_60_2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2124/moc_61_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2125/moc_62_2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2126/moc_63_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2127/moc_64_2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2128/moc_65_2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2147/moc_66_2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2148/moc_67_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2149/moc_68_2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2182/moc_69_2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2183/moc_70_2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2184/moc_71_2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2185/moc_72_2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2186/moc_73_2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2187/moc_74_2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2213/moc_75_2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2214/moc_76_2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2215/moc_77_2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2216/moc_78_2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2217/moc_79_2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2218/moc_80_2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2225/moc_82_2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2226/moc_83_2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2227/moc_84_2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2228/moc_85_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2229/moc_86_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2241/moc_87_2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2242/moc_88_2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2243/moc_89_2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2244/moc_90_2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2245/moc_91_2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2271/moc_92_2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2272/moc_93_2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2273/moc_94_2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2274/moc_95_2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2275/moc_96_2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2276/moc_97_2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2286/moc_98_2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2310/moc_99_2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2313/moc_100_2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2314/moc_101_2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2315/moc_102_2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2316/moc_103_2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2317/moc_104_2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2318/moc_105_2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3268/plc_01_2022_001309.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3269/plc_02_2022_001313.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3270/plc_03_2022_001316.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3271/plc_04_2022_001319.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2191/plc_05_2022_000030.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2293/pl_complementar_cm_04_2022_000027.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2771/pl_02_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2772/pl_03_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2773/pl_04_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2774/pl_05_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2775/pl_06_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2776/pl_07_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2777/pl_08_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2778/pl_09_2022.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2779/pl_10_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2780/pl_11_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2794/pl_12_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2795/pl_13_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2796/pl_14_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2797/pl_15_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2798/pl_16_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2799/pl_17_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2800/pl_18_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2801/pl_19_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2802/pl_20_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2803/pl_21_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2804/pl_22_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2805/pl_23_2022_0001.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2806/pl_24_2023_000003.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2807/pl_25_2022_000013.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2808/pl_26_2022_000015.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2888/pl_27_2022_000093.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2889/pl_28_2022_000247.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2890/pl_29_2022_000250.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2891/pl_31_2022_000254.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2892/pl_32_2022_000436.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2893/pl_33_2022_000439.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2894/pl_34_2022_000442.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2895/pl_35_2022_000445.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2896/pl_36_2022_000448.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2897/pl_37_2022_000451.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2898/pl_38_2022_000454.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2899/pl_39_2022_000457.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2900/pl_40_2022_000460.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2901/parecer_juridico_pl_41_2022_000464.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2902/pl_44_2022_000466.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2903/pl_45_2022_000469.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2904/pl_46_2022_000472.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2905/pl_47_2022_000475.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2906/pl_48_2022_000478.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2907/pl_49_2022_000482.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2908/pl_50_2022_000485.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2909/pl_51_2022_000488.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2910/pl_53_2022_000491.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2911/pl_55_2022_000497.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2914/pl_56_2022_000500.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2915/pl_57_2022_000503.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2916/pl_58_2022_000506.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2917/pl_59_2022_000509.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2918/pl_60_2022_000512.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2919/pl_61_2022_000515.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2920/pl_62_2022_000518.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2921/pl_63_2022_000521.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2922/pl_64_2022_000524.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2923/pl_65_2022_000527.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2924/pl_67_2022_000530.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2925/pl_68_2022_000533.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2926/pl_69_2022_000536.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2927/pl_70_2022_000539.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2928/pl_71_2022_000545.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2929/pl_72_2022_000548.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2930/pl_73_2022_000551.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2189/plo_74_2022_000020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2190/plo_75_2022_000023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2198/plo_76_2022_000032.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2220/plo_77_2022_000070.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2196/plo_78_2022_000019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2194/plo_79_2022_000008.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2188/pl_80_2022_000015.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2221/plo_82_2022_000074.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2222/plo_83_2022_000078.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2199/plo_84_2022_000040.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2311/pl_85_2022_000116.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2197/plo_86_2022_000023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2200/plo_87_2022_000045.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2261/plo_90_2022_000151.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2262/plo_91_2022_000154.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2294/plo_92_2022_000030.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2302/plo_93_2022__000060.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2298/plo_94_2022_000039.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2303/parecer_jur_plo_96_2022_000079.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2304/plo_97_2022_000083.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2305/plo_98_2022_000091.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2297/plo_99_2022_000036.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2296/plo_100_2022_000033.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2323/pl_101_2022_000160.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2324/plo_102_2022_000193.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2325/pl_103_2022_000177.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2931/pl_54_2022_000494.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3201/pl_cm_01_2022_001183.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3202/pl_cm_02_2022_001186.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3203/pl_cm_03_2022_001226.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3204/pl_cm_06_2022_001193.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3205/pl_cm_07_2022_001196.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3206/pl_cm_08_2022_001199.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3207/pl_cm_09_2022_001203.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3208/pl_cm_10_2022_001206.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3209/pl_cm_11_2022_001208.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3210/pl_cm_12_2022_001211.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3211/pl_cm_13_2022_001214.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3212/pl_cm_14_2022_001217.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3213/pl_cm_15_2022_001229.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3214/pl_cm_16_2022_001237.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2193/plcm_17_2022_000002.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2223/pl_cm_18_2022_000083.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2291/pl_cm_19_2022_000196.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2292/pl_cm_23_2022_000024.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2299/plo_cm_24_2022_000047.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2300/plo_cm_25_2022_000050.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2301/plo_cm_26_2022_000053.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2327/pl_cm_27_2022_000186.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2328/_pl_cm_28_2022_000189.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2277/pr_cm__01_2022_000192.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2278/pr_cm__02_2022_000193.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3081/pr_cm_03_2020_000638.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3082/pr_cm_04_2020_000639.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2279/pr_cm__05_2022_000194.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3083/pr_cm_06_2020_000641.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3084/pr_07_2022_000957.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2280/pr_cm__08_2022_000195.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3085/pr_09_2022_000958.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3086/pr_10_2022_000959.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3087/pr_11_2022_000960.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3088/pr_12_2022_000961.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3089/pr_13_2022_000962.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/3090/pr_14_2022_000963.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2224/pr_cm_15_2022_000087.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2263/pr_cm_16_2022_000158.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2284/pr_cm_17_2022_000191.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2283/pr_cm_18_2022_000188.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2282/pr_cm_21_2022_000189.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2281/pr_cm_22_2022_000190.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2326/pr_cm_23_2022_000181.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2295/proposta_de_emenda_l_organica_02_2022_000014.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1950/req_02_2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/1951/req_03_2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2028/req_04_2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2051/req_05_2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2052/req_06_2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2093/req_07_2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2094/req_08_2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2095/req_09_2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2096/req_10_2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2097/req_11_2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2098/req_12_2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2181/req_13_2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2230/req_14_2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2264/req_15_2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2265/req_16_2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2266/req_17_2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2285/req_18_2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2022/2312/req_28_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H539"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>