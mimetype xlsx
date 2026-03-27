--- v0 (2025-12-11)
+++ v1 (2026-03-27)
@@ -54,4855 +54,4855 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ana Lúcia</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/ind_01_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/ind_01_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feito um convênio através da Casa de Saúde e Maternidade Nossa Senhora Aparecida com dentista especializado (a), no tratamento de pessoas portadoras de necessidades especiais, tais como: autismo, síndrome de down, paralisia cerebral, esclerose múltipla e  muitos outros casos que impedem os mesmos serem submetidos a uma situação odontológica convencional.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/ind_02_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/ind_02_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja instalado Sistema de Placa Solar no Velório Municipal e consequentemente a ventilação adequada, seja através de ar condicionado ou exaustor e ainda colocar cadeiras novas, cortinas nas salas e colchões novos nos quartos das capelas, visando oferecer a devida comodidade a todos que ali comparecem para prestar suas condolências e solidariedade à família enlutada.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/ind_03_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/ind_03_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 23/2021, reforma geral e manutenção do terminal rodoviário de nossa cidade, realizando revisão no sistema elétrico e hidráulico, guichês, telhado, banheiros, área de embarque, pisos, pintura de paredes, cadeiras, adequações de acessibilidade.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Márcio da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/ind_04__2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/ind_04__2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a limpeza e adequação das áreas institucionais e áreas verdes localizadas no  bairro Itamaraty e no bairro Itália, pois os mesmos se encontram sujos e abandonados, assim como as valetas nos cruzamentos da ruas que estão destruídas e sem conservação.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/ind_05_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/ind_05_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que compre uniformes padrão para todos os servidores das UBS de Iturama e Alexandrita, assim como crachás para que esses profissionais sejam melhor identificados pela população, em especial Agentes comunitários que fazem visitas domiciliares.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/ind_06_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/ind_06_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que crie normas e disciplinas  para que a Vigilância sanitária de nosso município, seja capaz em suas funções de fiscalização, notificação e autuação de irregularidades sanitárias, cometidas em nossa cidade.  Elas permitem a autuação de estabelecimentos que não se adequam às normas sanitárias.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Carol Miranda</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/ind_07_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/ind_07_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, QUE RECONHEÇA E INSTITUA O USO DO CORDÃO DE GIRASSOL COMO INSTRUMENTO AUXILIAR PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/ind_08_20232.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/ind_08_20232.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para a implantação da uai – unidade de atenção ao idoso, caso já exista, colocar em pleno funcionamento, bem como realizar investimentos para que possam ser desenvolvidas as diversas atividades.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/ind_09_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/ind_09_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para a instalações de uma lombada/sargetão na marginal Jairo Gouveia, próximo ao N° 1.275.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/ind_10_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/ind_10_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie com máxima urgência uma valeta na Rua Getúlio Oscar Rosa esquina com Av. João Ferreira da Silva, na altura do n° 1.074, no Bairro Santa Rosa.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Túlio do Lanche</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/ind_11_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/ind_11_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal,  a construção de 20 (vinte)  sarjetões nas esquinas dos bairros Santa Rosa e Bella Vista.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/ind_12_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/ind_12_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação de uma sala de necrópsia no Pronto socorro de Iturama.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/ind_13_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/ind_13_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação de uma UTI NEONATAL com urgência, preparada para atender bebês prematuros ou que apresentam algum tipo de problema ao nascer, constituída por uma equipe multiprofissional composta por neonatologista, pediatras, enfermeiros, nutricionistas, terapeutas ocupacionais e fonoaudiólogos para promoverem a saúde e o desenvolvimento do bebê.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/ind_14_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/ind_14_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, fornecer iluminação, instalando postes e colocando luz de LED, no CENTRO COMUNITÁRIO ZÉ BRANQUINHO e construir uma academia ao ar livre.</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/ind_15_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/ind_15_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, fazer a revitalização da praça José Atadeu – Bitelo, no Bairro Alcides Veríssimo.</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/ind_16_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/ind_16_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feito um redutor de velocidade na Rua Milão, altura do n. 149, no Bairro Itália.</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/ind_17_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/ind_17_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que através da Assistência social de nosso município, faça um levantamento dos terrenos passados em pagamentos, e após esse levantamento eles possam ser doados a famílias carentes para fazerem  suas casas ou financiar a suas construções.</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/ind_18_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/ind_18_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, no sentido de REITERAR a indicação 262/2021 que solicita ao Sr. Prefeito  que seja feito a duplicação da rodovia do Rio Bonito (MG-255) ao trevo da Usina Coruripe (MG-497), e também a construção da terceira faixa do trevo da Usina Coruripe à Alexandrita-MG. Incluindo a construção de um trevo com uma passarela que ligue a Avenida Jucá Pádua com o Recinto de exposições, uma passarela que ligue o Bairro Vila Pádua com o Bairro Itália, um trevo com passarela que ligue os Bairros Distrito Industrial com o aeroporto.</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Paulinho Dias</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/ind_19_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/ind_19_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça uma reformulação do trevo que liga a Av. Prefeito Jucá Pádua à Av. Ayrton Senna,  faixa de pedestres, redutores de velocidade e placas indicativas.</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/ind_20_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/ind_20_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a aquisição de uma máquina de lavar roupas, para a Casa de Apoio de Barretos-SP.</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/ind_21_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/ind_21_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feito um trabalho de preservação das nascentes dos rios de Iturama e região, uma vez que a nascente do Córrego Santa Rosa é onde fornece o abastecimento de água de nossa cidade.</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_22_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_22_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a aquisição de ventiladores, para a Casa de Apoio de Uberaba-MG.</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/ind_23_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/ind_23_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído um redutor de velocidade / quebra molas ou sarjetão, na Av. Seis Irmãos antes da Creche Deus Menino, logo após a virada da Rua Rio Bonito, visando proporcionar maior segurança às crianças que frequentam a referida creche, evitando assim acidentes, principalmente nos horários de entrada e saída, quando os pais vão levar ou buscar seus filhos.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Ronei Mosquito</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/ind_24_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/ind_24_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, juntamente com a Secretaria Municipal de Educação, para que façam manutenções básicas em todos os centros educacionais do nosso Município. Pois alguns CEMEI já estão necessitando de trocas de colchões; substituições de brinquedos dos parques e local apropriando para as refeições.</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/ind_25_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/ind_25_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça instalações de redes de Wi-Fi na Feira Municipal de Iturama-MG, fornecendo Internet livre para todo o local de vendas. _x000D_
 Auxiliando os Feirantes, já que a maioria dos compradores optam pelo pagamento via Pix, e contribuindo para um melhor desempenho nas vendas.</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/ind_26_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/ind_26_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que, juntamente com a Secretaria Municipal de Obras Públicas e Serviços Urbanos, que façam a limpeza dos terrenos baldios que estão provocando desconforto aos moradores, principalmente nos bairros mais afastados como Antônio Bráulio; Baiano Cirino; Santa Rosa; José Anselmo; Bela Vista entre outros.</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Márcio da Auto Escola, Paulinho Dias, Ronaldo Karfrios, Ronei Mosquito, Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/ind_27_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/ind_27_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, firmar convênio com a UNIUBE, com o intuito da Universidade oferecer na cidade os cursos de Graduação e Pós – Graduação de NUTRIÇÃO, FISIOTERAPIA, ENFERMAGEM, BIOMEDICINA E SERVIÇO SOCIAL.</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/ind_28_20232.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/ind_28_20232.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a Reiteração da indicação 203/2022, solicitando ao Sr. Prefeito Municipal,  fazer sarjetão/ valeta para escoamento da água pluvial e uma lombada elevada com faixas de pedestre na Av. Dom Pedro II, no Bairro Vera Lúcia.</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/ind_29_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/ind_29_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a Reiteração da indicação CM 82/2022, solicitando ao Sr. Prefeito Municipal, para  realizar a manutenção e conservação da Estrada Municipal da Tronqueira, sentido “Curtipel” - “Ranchos da Tronqueira”.</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/ind_30_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/ind_30_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que realize a manutenção e conservação da Estrada Municipal da que dá acesso aos ranchos e Prainha Municipal.</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/ind_31_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/ind_31_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta à Vossa Excelência a Reiteração 97/2021, no sentido de solicitar ao Sr. Prefeito Municipal,  que seja feita a PRAÇA DA JUSTIÇA, na atual praça do fórum, e que na mesma seja construído um prédio para o Ministério Público, Defensoria Pública e os demais órgãos do Poder Judiciário.</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/ind_32_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/ind_32_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a implantação de um centro de Hemodiálise no hospital DELFINA ALVES BARBOSA (hospital do povo),  com todas máquinas e todo suporte aos pacientes que fazem o tratamento e acompanhamento.</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/ind_33_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/ind_33_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que todas as UBS (UNIDADE BÁSICA DE SAÚDE) de Iturama e alexandrita tenha um dispensário de medicamentos com farmacêutico responsável para cada UBS, e que também  faça a implantação da farmácia popular em todos.</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/ind_34_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/ind_34_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a Reiteração da indicação CM 354/2021, no sentido de solicitar ao Sr. Prefeito Municipal, a instalação do SAMU, no Município de Iturama.</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/ind_35_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/ind_35_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça a ponte que dá acesso aos ranchos Divino Pai Eterno, com toda infraestrutura de cimento, para que não haja mais transtornos.</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/ind_36_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/ind_36_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para que instaure o PROGRAMA FEDERAL PRODUTOR DE ÁGUA.</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/ind_37_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/ind_37_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para que crie um programa para a captação de sementes, através das crianças nas escolas, as quais serão coletadores e plantadores de sementes, para serem utilizadas quando da revitalização do Horto Florestal.</t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/ind_38_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/ind_38_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para providenciar a contratação de uma empresa especializada na prestação de CAPINA ELÉTRICA.</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_39_-_2023_000073.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_39_-_2023_000073.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, por meio da Secretaria Municipal de Obras Públicas e Serviços Urbanos para que revitalize o canteiro central da Av. Campina Verde, paralelo as Ruas Rio Bonito e Goiás.</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_40_-_2023_000074.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_40_-_2023_000074.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que reforme ou faça um novo planejamento para a rotatória que se localiza na saída do Bairro Vila Cruzeiro, entre as Rua São Paulo e Av. Pontal.</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/ind_41_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/ind_41_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a imediata limpeza de lotes vagos no bairro Bela Vista, em especial na Rua C próximo a casa de nº 1381, e Rua D próximo a casa de nº 1345.</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/ind_42_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/ind_42_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que institua ECOPONTOS para coleta de lixo, sem custo para a municipalidade.</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/ind_43_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/ind_43_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a implantação do projeto conservador das águas.</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/ind_44_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/ind_44_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que crie um projeto para a concessão de prioridade para aquisição de moradia popular disponibilizada em programa habitacional do município às mulheres vítima de violência doméstica e familiar e às mulheres responsáveis financeiramente pela unidade familiar.</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/ind_45_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/ind_45_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERANDO a indicação de nº 236/2022, solicitando ao Sr. Prefeito Municipal, que faça a reformulação do trevo da Exposição Edilson Lamartine Mendes que liga a Marginal Av. Assilvio Gélio.</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/ind_46_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/ind_46_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERANDO a indicação de nº 55/2022, solicitando ao Sr. Prefeito Municipal,  a implantação de placas de sinalizações, marcações horizontais e verticais, redutores de velocidade com passagem elevada de pedestres em cada escola e creche de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/ind_47_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/ind_47_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERANDO a indicação de nº 265/2022, solicitando ao Sr. Prefeito Municipal,  a contratação de um Terapeuta Ocupacional.</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/ind_48_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/ind_48_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERANDO a indicação de nº 214/2022, solicitando ao Sr. Prefeito Municipal, para que todo dono de loteamento entregue o loteamento com toda infraestrutura pronta, como placas com os nomes de ruas e avenidas, asfalto e sinalização.</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_49_-_2023_000075.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_49_-_2023_000075.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, reiterando a indicação n° 37/2022, solicitando ao Sr. Prefeito Municipal, que seja comprado novas máquinas agrícola (patrolas, retroescavadeiras, tratores, caminhão basculantes, pá carregadeiras) ou que seja terceirizado esse serviço, para que as estradas rurais e mata burros, possam ser reformadas, dando um acesso digno aos produtores rurais que dependem dessas estradas para escoarem seus produtos.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_50_-_2023_000076.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_50_-_2023_000076.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente retificação e reiteração da indicação 71/2021, solicitando ao Sr. Prefeito Municipal, a proceder com realização de estudos com a finalidade de concluir a viabilidade ou não de instalações de painéis solares fotovoltaicos em escolas municipais, creches e prédios públicos.</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_51_-_2023_000077.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_51_-_2023_000077.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação 75/2022, solicitando ao Sr. Prefeito Municipal, que se faça a colocação de novos postes com extensão da rede elétrica e iluminação, no distrito de Alexandrita. São 98 postes no total com suas respectivas lâmpadas.</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_52_-_2023_000078.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_52_-_2023_000078.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a reiteração da indicação n ° 18/2022, solicitando ao Sr. Prefeito Municipal, que seja feito 14 valetas de passagem de água pluvial nos principais pontos das ruas de nosso distrito de Alexandrita e que seja realizado conserto das já existentes.</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_53_-_2023_000079.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_53_-_2023_000079.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que determine ao departamento competente a implantação de um redutor de velocidade tipo lombada elevada na Rua 1 de Janeiro na altura do n.° 400, de fronte a Escola Joao Ribeiro Rosa, Bairro São Miguel, neste Município.</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_54_-_2023_000080.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_54_-_2023_000080.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que determine ao departamento de saúde que disponibilize uma ambulância para a casa de apoio de Uberaba, para fazer o transporte dos pacientes, da casa de apoio para hospitais e clinicas, onde os mesmos tem que fazer: consultas, exames e cirurgias.</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_55_-_2023_000081.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_55_-_2023_000081.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que determine ao departamento de trânsito para adequar o tempo de abertura dos semáforos para 30 segundos, visto que o tempo inferior a isto está ocasionando acidentes nos devidos cruzamentos.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_56_-_2023_000082.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_56_-_2023_000082.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação e disponibilização da TV Digital para toda população no município de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/ind_57_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/ind_57_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a implantação do projeto para incentivo à leitura em todas as idades.</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/ind_58_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/ind_58_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que junto aos órgãos competentes, providencie a execução de obra de engenharia para instalação de um sarjetão na Av. Alencastro, próximo ao nº 1716, centro.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/ind_59_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/ind_59_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a implantação de programa com multirões oftalmológicos nas escolas, com a finalidade de identificar problemas e tratá-los.</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_60_-_2023_000083.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_60_-_2023_000083.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a imediata limpeza e poda de lotes vagos na Av. Marginal Vicente Delfino de Freitas próximo ao n. 1230, Universitário.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_61_-_2023_000084.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_61_-_2023_000084.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a imediata limpeza e poda nos lotes vagos na Rua Iguatá Luiz Franco de Lima, Residencial Világio. VILLAGIO</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/ind_62_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/ind_62_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja construído um redutor de velocidade / quebra molas / sarjetão na Rua Santa Vitória, na esquina do Bar do Curvinha.</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Ana Lúcia, Deleon, Márcio da Ambulância, Ricardo Baiano, Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_63_-_2023_000086.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_63_-_2023_000086.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da indicação CM 109/2022, para que viabilize a construção de uma passarela com iluminação adequada para travessia de pedestres sobre a rodovia MG-255, ligando a cidade ao Bairro Itália e, consequentemente aos demais bairros daquela regido, evitando assim que as pessoas atravessem diretamente na rodovia.</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_64_-_2023_000087.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_64_-_2023_000087.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da indicação CM 64/2021, que seja providenciada a colocação de mais placas nas ruas da cidade, nos diversos pontos estratégicos, visando facilitar à população a identificação de locais e órgãos prestadores de serviços públicos ( concessionárias, cemitério, hospital, igreja, fórum, prefeitura, faculdade e outros).</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_65_-_2023_000088.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_65_-_2023_000088.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reiteração da indicação CM 107/2021, a viabilização de convênio para a construção da sede de um CAPS- Centro de Atenção Psicossocial.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_66_-_2023_000089.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_66_-_2023_000089.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, reiterando a indicação n° 141/2022, solicitando ao Sr. Prefeito Municipal, a contratação de neurologista para atender em todos os Postinhos de saúde de nosso município.</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_67_-_2023_000090.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_67_-_2023_000090.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a fazer as licitações do município via online, transmissão ao vivo, para que a população possa acompanhar em tempo real.</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_68_-_2023_000091.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_68_-_2023_000091.pdf</t>
   </si>
   <si>
     <t>0 vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie a arborização da área institucional localizada na Av. Ayrton Senna do Brasil (ponto de referência em frente ao comércio Senna rações).</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/ind_69_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/ind_69_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja realizada a sinalização das ruas de nosso Município de extrema urgência, tais como a pintura dos pares nas esquinas, pintura das faixas de pedestres e depressões, localizados na Rua Canápolis esquina com Rua Cel. José Felisberto.</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/ind_70_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/ind_70_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça uma limpeza de caráter de urgência no Bairro Viva Mais I e II.</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/ind_71_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/ind_71_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que instale passagem elevada de pedestres ou redutores de velocidade no trevo da entrada da cidade de Iturama, onde fica a saída para Alexandrita e Honorópolis.</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/ind_72_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/ind_72_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a Instalação de redutores de Velocidade na Avenida Ayrton Senna, no Bairro Bom Sucesso.</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/ind_73_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/ind_73_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja providenciada a limpeza de todos os lotes vagos e taludes, existentes no Bairro Universitário.</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_74_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_74_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 25/2021, a revitalização de todas as praças públicas da cidade, qual seja , incluir limpeza, pintura de guias, manutenção e reforma de calçadas, de brinquedos, de aparelhos de academias, bancos, troca de lâmpadas e lixeiras, entre outros.</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_75_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_75_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feita a manutenção do bebedouro do Velório Municipal, providenciando a troca do revestimento ou então usar um produto adequado para desencardir o mesmo, tirando a crosta de sujeira que alojou sobre a cuba do bebedouro, pois além de desfavorecer a estética é também uma fonte de bactérias.</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_76_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_76_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERAR a indicação nº 131/22, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para a  elaboração de um plano de segurança escolar com a disponibilização de guarda/segurança em cada escola e creche do município.</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_77_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_77_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que coloque refletores de iluminação na praça do Bairro Diógenes de Souza (108 casas), conhecida como praça José Branquinho.</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_78_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_78_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a implantação da coleta e tratamento da rede de esgoto sanitário do distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/ind_79_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/ind_79_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 22/2021, para que seja providenciada a  implantação de linha de transporte coletivo, com itinerário a todos os bairros de nossa cidade, três vezes ao dia.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/ind_80_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/ind_80_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 171/2021, seja providenciada a construção de uma praça pública com área de lazer, parque infantil e academia ao ar livre, no Bairro Itália, de nossa cidade.</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/ind_81_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/ind_81_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 24/2021, que seja providenciada a implantação da Guarda Civil Municipal em Iturama e Alexandrita, com o objetivo de atuar junto as polícias Militar e Civil, ampliando assim a proteção aos cidadãos que tem o direito de proteção a vida e deve ser oferecida pelo Estado e também pelo Município.</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Paulinho Dias, Márcio da Auto Escola, Ronaldo Karfrios, Ronei Mosquito, Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/ind_82_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/ind_82_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça a contratação de uma empresa especializada, para contratação da Segurança Armada, para segurança das escolas e creches, preferencialmente os policiais aposentados de nossa cidade.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/ind_83_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/ind_83_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que faça melhorias na entrada da escola agrícola (UFTM), como limpeza do mato e lixos, tapar os buracos, fazer o asfalto na entrada, trocar o portão e fazer toda sinalização para evitar acidentes.</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/ind_84_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/ind_84_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 258/2022, solicitando ao Sr. Prefeito Municipal, a contratar Médico(a) especialista em mastologia e obstetrícia para atender em Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_85_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_85_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 354/2021, no sentido de solicitar ao Sr. Prefeito a instalação do SAMU, no Município de Iturama.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Deleon, Márcio da Ambulância, Márcio da Auto Escola, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Ronei Mosquito, Terrinha, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/ind_86_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/ind_86_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a REITERAÇÃO CM nº 179/2022, solicitando ao Sr. Prefeito Municipal, a implantação de câmeras de segurança e monitoramento ( TOTEN) nas entradas e demais pontos estratégicos de Iturama e no distrito de Alexandrita,   ressaltando nas proximidades das escolas e creches de nosso município e no distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_87_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_87_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o plenário, apresentam a Vossa Excelência a reiteração da indicação CM N.º 70/2022 no sentido que Vossa Excelência contrate Especialistas: Psicólogas(os), Fonoaudiólogas(os) e Assistentes Sociais para atender os alunos das Escolas e CEMEIS do nosso Município, devido aos fatos que vem ocorrendo em todo o nosso Território Nacional.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/ind_88_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/ind_88_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que apoie, incentive, colabore, para a adesão do Programa Nacional de Segurança nas escolas, em que serão destinados recursos para o financiamento de projetos municipais de combate a violência nas escolas.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/ind_89_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/ind_89_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a necessidade de proceder com urgência a reforma dos vestiários e banheiros do campo de futebol do Bairro Tiradentes.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/ind_90_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/ind_90_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação 278/2021, solicitando ao Sr. Prefeito Municipal, a contratação de um intérprete de libras nas reuniões da Câmara Municipal.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_91_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_91_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a criação do programa "Cidade Limpa" em nosso município, com a finalidade de recolher entulhos, móveis velhos, eletroportáteis, pneus velhos, dentre outros materiais em toda a cidade, com calendário mensal e horários estabelecidos.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/ind_92_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/ind_92_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência , a REITERAÇÃO da Indicação nº CM 13/2021, solicitando ao Sr. Prefeito Municipal, a sinalização vertical e horizontal de todas as Ruas de todos os bairros de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/ind_93_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/ind_93_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a  REITERAÇÃO da indicação CM 155/2022, solicitando ao Sr. Prefeito Municipal, que faça rampas de acesso para cadeirantes em todas as praças de nosso município.</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/ind_94_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/ind_94_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 517/2021, solicitando ao Sr. Prefeito Municipal, a construir uma UBS unidade básica de saúde para atender os bairros Alcides Veríssimo, Vera Lúcia I, Vera Lúcia II e o Diógenes de Souza e demais bairros da região.</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/ind_95_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/ind_95_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO CM 154/2022, solicitando ao Sr. Prefeito Municipal, para fazer as licitações do município via online, transmissão ao vivo, para que a população possa acompanhar em tempo real.</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/ind_96_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/ind_96_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja implantado o exame de audiometria para os alunos das escolas municipais, de nossa cidade.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_97_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_97_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que institua o Selo Empresa Amiga dos Animais.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/ind_98_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/ind_98_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que institua o Selo Empresa Amiga da Mulher, às empresas que cumprirem metas de valorização a plena vivência no ambiente de trabalho.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/ind_99_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/ind_99_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que implante o programa saúde nas escolas.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/ind_100_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/ind_100_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que apoie, com os meios necessários, os atletas e equipe técnica que vão competir em campeonato brasileiro: WORLD DANCE EXPERIENCE TOUR, na cidade de Uberlândia.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/ind_101_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/ind_101_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que implante o Programa Constelação nas escolas.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/ind_102_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/ind_102_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a colocar mais postes de iluminação na praça do bairro Viva Mais II, e também fazer a limpeza da praça e manutenção dos aparelhos da academia ao ar livre e manutenção do campinho.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/ind_103__2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/ind_103__2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, melhoras na sinalização de trânsito, tais como, pintura e remarcação de faixa de pedestre, lombada, sinalização horizontal, vertical e pare das Ruas Laudemiro Silva Rosa esquina com Bráulio Diniz.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/ind_104_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/ind_104_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de lâmpadas de iluminação pública nos postes de todo final das ruas do Bairro Iturama I (250 casas), sendo as Ruas um, dois, três, cinco e seis, nas quais ligam a Rua Castro Romão, pois a mesma não tem iluminação alguma gerando perigo para os moradores.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/ind_105__2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/ind_105__2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a necessidade da criação de medidas e/ou mutirão para zerar as filas de espera de consultas de ortopedista, urologista e neurologista,  considerando a grande demanda existente.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_106__2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_106__2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM nº 25/2022, para que seja feito o fornecimento de transporte gratuito, na EXPORAMA 2023 para população de nosso município.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/ind_107_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/ind_107_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de câmeras de monitoramento em todos os CEMEIs- CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL do Município de Iturama, visando dar maior segurança a estes estabelecimentos. Esta é uma providência que não tem um custo muito elevado para o Município e que trará um enorme benefício para essas creches, que trabalham com poucos recursos e necessitam garantir a integridade dos seus equipamentos, da instituição e de seus integrantes.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/ind_108_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/ind_108_2023.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 239/2021, no sentido de solicitar ao Sr. Prefeito Municipal que seja feito o recapeamento da rua do Lions Clube de Iturama, no Bairro Alto da Valentina.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/ind_109__2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/ind_109__2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a criação do conselho Afro Municipal.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/ind_110_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/ind_110_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a criação de dois cargos de identificador AD DOC para realizar atendimento com a emissão de carteiras de identidade no Centro de Apoio e Atendimento ao Cidadão.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/ind_111_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/ind_111_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda o reajuste do piso salarial para os cargos de Assistentes Técnico de Educação Básica e Secretárias Escolares.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/ind_112_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/ind_112_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda uma reforma nos banheiros do campinho da Escolinha de Futebol do Cutula.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/ind_113_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/ind_113_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a compra de equipamento de AIRSOFT para executar treinamento adequado aos Policiais Militares de nossa cidade.</t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/ind_114_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/ind_114_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para elaborar e executar o REFIS Municipal de 2023.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/ind_115_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/ind_115_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer a sinalização horizontal e vertical na Av. Ayrton Senna do Brasil, próximo a Feira Livre Municipal, especificamente próximo a valeta ali existente.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/ind_116_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/ind_116_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 464/2021, a reforma geral da VILA OLÍMPICA, tanto na parte construída, como na parte aberta, realizando uma manutenção na piscina, campos de futebol, sistema elétrico e hidráulico,  portão de entrada, escadas; telhados,  ventiladores, ar condicionado, banheiros,  lâmpadas, telhado, pintura nos cômodos existentes, aquisição de mesas, cadeiras e adequações de acessibilidade, etc.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_117_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_117_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 452/2021, a reforma geral do anfiteatro ALDARIZA MACHADO DE FREITAS, situado na Vila Olímpica, de nossa cidade, realizando revisão no sistema elétrico e hidráulico, manutenção do telhado, ventiladores, ar condicionado, banheiros, troca de lâmpadas, pintura de paredes, adequações de acessibilidade, pisos, aquisição  e reforma de cadeiras e mobiliário em geral, etc. A referida indicação se faz necessária, com urgência, pois o local é utilizado para a realização de palestras, convenções, formaturas, bem como eventos culturais e todos os acontecimentos que venham de encontro ao desenvolvimento, social, cultural e educacional do município.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/ind_118_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/ind_118_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 74/2022, para que seja feito o teste de refração ocular, em todas as crianças das escolas municipais, de nossa cidade. A refração é um fenômeno que ocorre quando o feixe de luz, vindo do ambiente externo, atravessa o globo ocular para formar a imagem na retina.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_119_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_119_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a doação de cobertores para serem distribuídos à população carente do município, através da Secretaria de Assistência Social. O inverno está se aproximando, o que resulta em um período com noites frias e, diante disso, a população carente sofre bastante, especialmente as crianças e os idosos.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_120_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_120_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que realize Eventos Gospel no Município.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/ind_121_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/ind_121_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de redutor de velocidade / quebra molas, na Av. Prefeito Juca Pádua, próximo ao nº 1068.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/ind_122_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/ind_122_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja instalado radares em alguns pontos das Avenidas de grande movimentação de nossa cidade, tais como, Av. Alexandrita; Av. Campina Verde; Av. Prefeito Juca Pádua; Av. José de Freitas Nunes.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/ind_123_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/ind_123_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, construir a estrutura de um chafariz com um poço artesiano com a vasão adequada, dentro do buraco que ali já existe e que está sendo usufruído de forma incorreta, na Praça da sorveteria do Paulinho, em nosso município.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/ind_124_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/ind_124_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie um meio de transporte para levar até o Hemocentro de Fernandópolis/SP, pelo menos uma vez ao mês, pessoas interessadas em doar sangue.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/ind_125_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/ind_125_2023.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 128/2022, que faça a instalação de telefones e internet no CAPS e em todas as secretarias.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/ind_126_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/ind_126_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que coloque um carro à disposição da secretária de desenvolvimento social no Distrito de  Alexandrita para melhor atendimento da população.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/ind_127_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/ind_127_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para colocar duas (02) ambulâncias 24 horas, para atender as urgências e emergências em Alexandrita.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/ind_128_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/ind_128_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que providencie um meio de transporte para levar até o Hemocentro de Uberaba/MG, sendo a nossa Regional, pelo menos uma vez ao mês, pessoas interessadas em doar sangue.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/ind_129_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/ind_129_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a fazer um redutor de velocidade e passagem elevada de pedestre, na Av. Seis irmãos em frente ao nº 08, no Bairro São Miguel.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/ind_130_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/ind_130_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que construa um redutor de velocidade / lombada / quebra molas, na Rua 4 com a Av. Santa Lúcia no Bairro Jd. Califórnia.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/ind_131_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/ind_131_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a análise e estudo técnico para a criação de estacionamento somente para veículos de pequeno porte, proibindo estacionamentos de caminhões em frente a Peixaria Pontal, situada na Av. Prefeito Juca Pádua.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Márcio da Auto Escola</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/ind_132_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/ind_132_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a revitalização da imagem do Sagrado Coração de Jesus, localizada no trevo da entrada da cidade.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/ind_133_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/ind_133_2023.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 124/2022, que faça a manutenção dos brinquedos da Ituraminha.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/ind_134_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/ind_134_2023.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a REITERAÇÃO da indicação CM 259/2022, para que faça uma valeta ou redutor de velocidade na Rua do Contorno com a Rua Napolis no Bairro Itamarati.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/ind_135_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/ind_135_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que proceda a remoção das tartarugas de trânsito localizadas na Av. Juca Pádua.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/ind_136_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/ind_136_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a perfuração de um poço artesiano e que coloque um bebedouro próximo ao monumento do Sagrado Coração de Jesus.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_137_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_137_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, versando sobre a necessidade de elaboração e ou disponibilização de um Mapa das Violências contra mulheres no âmbito do Município de Iturama e Alexandrita, visando que a violência contra mulheres em nosso município acontece com muita frequência, _x000D_
 porém muitos desses números não são mapeados.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/ind_138_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/ind_138_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação do projeto "Luzia", que estabelece um acordo entre a prefeitura e a Cemig para a instalação de postes de energia em locais com baixa iluminação que sejam pontos de vulnerabilidade ou que tenham altos índices de violência.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/ind_139_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/ind_139_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, implantação da Educação Doméstica, ou seja, a escolarização de conhecimentos domésticos, tais como: corte; costura; cozinha; etiqueta; jardinagem; higiene; entre outros, para as mulheres na cidade de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/ind_141_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/ind_141_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, aquisição de colchonetes novos, um tablado novo, uma maca de altura média e larga para melhor atendimento na sala de neuro na fisioterapia do município.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/ind_142_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/ind_142_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de leito de UTI no Hospital Delfina Alves Barbosa (pronto socorro) para melhor atender a população.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/ind_143_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/ind_143_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação de extensão de rede elétrica, na Av. Marginal Braz Alves de Freitas, entre a Av. Tiradentes até a Av. Campina Verde do Bairro Jardim América.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/ind_144_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/ind_144_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que encaminhe a esta casa de leis um projeto de doação de uma área, no total de 10,000 m² para implantação da empresa Santo Antônio Soluções Agro no Município de Iturama MG.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/ind_145_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/ind_145_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, Implantação do “Código Lilás” no protocolo de atendimento a vítimas de violência contra a mulher, em toda a rede de saúde e segurança.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/ind_146_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/ind_146_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a realização de trabalho junto à comunidade escolar, no âmbito do Programa Saúde da Família – PSF –, para promover palestras e encontros com psicólogos, focando a atenção no tema “Violência doméstica e familiar”.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/ind_147_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/ind_147_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a privação do direito de assumir cargos de autoridades, chefia e demais, por período de 08 (oito) anos, aos reincidentes na prática de crimes previstos na Lei Maria da Penha.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/ind_148_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/ind_148_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a realização de palestras e campanhas itinerantes, nas zonas rurais, com o intuito de conscientizar a sociedade sobre a importância da formalização de denúncias em casos de violência doméstica.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/ind_149_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/ind_149_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a criação de um programa de capacitação permanente para os profissionais que trabalham diretamente com casos de violência sexual, como policiais e seguranças, com caráter obrigatório para o exercício da função.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/ind_150_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/ind_150_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, reiterando a indicação 213/2022, solicitando ao Sr. Prefeito Municipal, que proceda a adesão e o cadastramento do município no programa Melhor em Casa.  (A segurança do hospital no conforto do seu lar).</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/ind_151_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/ind_151_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, solicitar recursos financeiros, juntos aos órgãos competentes, para a aquisição de um ônibus “LILÁS”, que terá a destinação voltada para as mulheres do município.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/ind_152_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/ind_152_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja feita a sinalização com faixa de pedestre na Av. Prefeito Juca Pádua, em frente ao colégio OBJETIVO, visando garantir maior segurança às crianças e alunos, deste estabelecimento, principalmente nos horários de saída e entrada do referido colégio.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/ind_153_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/ind_153_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer o plantio de árvores frutíferas (de pequeno porte) no trevo em frente ao Parque de Exposição.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_154_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_154_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que seja criado em Iturama, o Centro Dia Público de referência para idosos “Creche para Idoso”,  seguindo o exemplo da cidade de Serra/ES e  Riberão Preto/SP.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/ind_155_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/ind_155_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, REITERAR a indicação 143/2021, solicitando ao Sr. Prefeito Municipal, a instalação de poste de luz e energia na Av. Lua no último quarteirão no bairro Amazonas e na Rua Sebastião Soares de Queiroz no Distrito Industrial Manoel Português.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/ind_156_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/ind_156_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, REITERAR a indicação 32/2021, sugerindo ao Senhor Prefeito a proceder com a instalação de lâmpadas nos postes da Av. Santa Rosa na altura do Bairro Alcides Veríssimo.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Chicão, Heraldo, Neto Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/ind_157_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/ind_157_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, com cópia Secretária Municipal de Administração, e ao Sr. Tércio Araújo – Secretário de Governo, a necessidade de estabelecer política de conscientização e revitalização a imóveis e construções abandonados causadores de degradação urbana, lotes e terrenos baldios.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_158_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_158_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer um redutor de velocidade na Rua Sub. Ten. Anacleto Nunes de Jesus, no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/ind_159_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/ind_159_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que reforme as cadeiras da sala de sorologia do Pronto Socorro de Iturama, que as mesmas se encontram em estado precário e extremamente desconfortável para aqueles que necessitam se acomodar nelas.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/ind_160_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/ind_160_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, Palestras sobre o Setembro Amarelo nos postos de saúde e escolas do nosso município, a importância do pedir ajuda, conversar, se abrir, relatar a problema, pois quando detectado precocemente com a ajuda de profissionais da área, pode-se evitar a tentativa de um suicídio.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/ind_161_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/ind_161_2023.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para que proceda a instalação de rede de energia na Marginal que liga o Bairro Itália ao comércio denominado “Terravile Eventos”.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/ind_162_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/ind_162_2023.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que intervenha junto aos órgãos competentes para promover a criação do Conselho Municipal dos Direitos das Mulheres.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/ind_163_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/ind_163_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, promover a reinserção de egressas da prisão no mercado de trabalho, através de curso de capacitação e parcerias com o comércio local.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/ind_164_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/ind_164_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação de uma área de lazer para crianças, nomeada como Cidade das crianças, no Distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/ind_165_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/ind_165_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a contratar médicos profissionais de varias áreas como cardiologista, psicólogos, para atender a população.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_166_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_166_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a inclusão do projeto de parceria para serviços educacional psicopedagógica, como sistema de supervisão e orientação à educação especial das escolas públicas.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_167_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_167_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que adote em nosso município a Campanha Setembro Amarelo, para tratar de assuntos sobre a Depressão e o Suicídio.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/ind_168_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/ind_168_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de brinquedos adaptados para crianças com deficiência, para que elas também tenham o direito de brincar.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/ind_169_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/ind_169_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer o conserto/troca da lâmpada do poste da Rua Iguatá Luiz Franco de Lima, esquina com a Rua Sebastião Lemes Martins.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/ind_170_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/ind_170_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer o conserto/troca da lâmpada do poste da Rua 21, nº 548, no Bairro 200 casas.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/ind_171_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/ind_171_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer o conserto/troca da lâmpada do poste da Rua José Rosa de Melo, nº 622, Bairro Antonio Bráulio.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/ind_172_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/ind_172_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer o conserto/troca da lâmpada do poste da Rua Iguatá Luiz Franco de Lima, nº 1331 e o de  nº 1367.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/ind_173_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/ind_173_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para fazer o conserto/troca da lâmpada do poste da Rua 05 (cinco), nº 257, Bairro 250 casas.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/ind_174_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/ind_174_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, o recape em todo Bairro Universitário e também a manutenção do sistema pluvial, tendo em vista que as águas das chuvas descem em grande quantidade dos Bairros Viva Mais I e II, ocasionando grandes estragos e erosão no referido bairro asfaltar</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/ind_175_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/ind_175_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que a_x000D_
 prefeitura tome as medidas necessárias, com urgência, para apoiar e solucionar o problema da falta de água na UFTM.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/ind_176_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/ind_176_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja_x000D_
 realizada a cobertura do estacionamento das ambulâncias no Pronto Socorro de Iturama.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/ind_177_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/ind_177_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que tomem_x000D_
 medidas que objetivem com a construção de rampas de acesso para cadeirantes ao lado do estacionamento das ambulâncias no Pronto Socorro de Iturama.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/ind_178_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/ind_178_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que forneça_x000D_
 um curso de Libras (Língua Brasileira de Sinais) para servidores municipais, capacitando os funcionários públicos para garantir direitos da comunidade surda em diferentes espaços públicos, como saúde, educação e assistência, para a efetiva inclusão da pessoa com esta deficiência.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/ind_179_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/ind_179_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a criação do_x000D_
 Programa Municipal para Identificação, Mapeamento e Cadastramento das Pessoas com Deficiência e/ou Mobilidade Reduzida, um banco de dados atualizado com os moradores da cidade que têm esse perfil e a rede de serviços oferecidos.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/ind_180_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/ind_180_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que encaminhe a esta Casa de Leis, Projetos de Lei que institui o outubro rosa e o novembro azul, com intuito de aumentar a prevenção do câncer de mama, colo de útero nas mulheres e a integralidade da saúde do homem.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_181_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_181_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM n° 11/2021, solicitando ao Sr. Prefeito Municipal, a mudar o local da represa de tratamento de esgoto.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ind_182_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ind_182_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM n° 74/2021, solicitando ao Sr. Prefeito Municipal, a construir brinquedos e aparelhos de atividade física nas praças e também fazer a manutenção dos mesmos.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/ind_183_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/ind_183_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que retorne a_x000D_
 fabricação e distribuição de pães, no CRAS do distrito de Alexandrita, com distribuição gratuita aos seus cadastrados.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/ind_184_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/ind_184_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a_x000D_
 entrega das 80 cestas básicas aos cadastrados no Cad Único através do CRAS do distrito de Alexandrita, como era realizado anteriormente.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/ind_185_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/ind_185_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que contrate uma assistente social para atender toda a população do distrito de Alexandrita.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/ind_186_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/ind_186_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que_x000D_
 regularize a limpeza urbana do distrito de Alexandrita, com a contratação de 03 servidores e a compra de materiais de uso como pá, vassouras e saco de lixo.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/ind_187_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/ind_187_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, faça_x000D_
 estacionamento 90° em dois quarteirões na mediação do IEP, sito A. Av. JK, entre as ruas Canápolis e a Gustavo Maia de Menezes.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/ind_188_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/ind_188_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a aquisição de um ônibus adaptado, com 45 lugares, ar condicionado e sua doação dentro dos preceitos legais, para uso exclusivo dos alunos assistidos pela Associação de Pais e Amigos dos Excepcionais de Iturama- APAE._x000D_
 Haja vista, a oportunidade de ofertarmos conforto e segurança aos alunos, melhoria da qualidade de vida da pessoa com deficiência visando uma sociedade justa e solidária. Levando em conta que esse serviço é fundamental para o deslocamento dos assistidos. Então nada mais justo que seja oferecido de forma eficiente e segura.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/ind_189_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/ind_189_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalar redutores de velocidade eletrônica, na Av. Prefeito Juca Pádua, três de cada lado da avenida.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/ind_190_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/ind_190_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que invista na decoração de Natal, atividades culturais, premiações, nas avenidas, praças e pontos importantes do nosso Município e no distrito de Alexandrita, como forma de valorizar a vida, a família e o comércio, que muito tem sofrido nestes anos.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/ind_191_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/ind_191_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que retorne a realizar as cirurgias de cataratas em nosso município, uma vez que muitos idosos realizaram a cirurgia em um de seus olhos e correm o risco de perder a visão. Além do mais estão impossibilitados de comprar os óculos por estarem esperando a cirurgia do outro olho.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/ind_192_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/ind_192_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a realização das infraestruturas como calçadas, extensão de rede elétrica, rede de água, guias, sarjetas e asfalto, na Rua 13 (treze), entre as Ruas 14 e 16, no distrito de Alexandrita</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/ind_193_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/ind_193_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a contratação do profissional Assistente Social, para atender no CAPS do nosso município.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/ind_194_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/ind_194_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a contratar uma Terapeuta Ocupacional, para atender no CAPS .</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/ind_195_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/ind_195_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalar a Defesa Civil no município de Iturama.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/ind_196_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/ind_196_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção de uma UBS- Unidade Básica de Saúde, para atender a demanda da população do centro.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2832/ind_197_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2832/ind_197_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que a próxima obra lançada no Distrito de Alexandrita, seja colocado em nome do Sr. MARCOS CAVALHIERI, como forma de homenagear a família, devido a grande contribuição de crescimento para aquela região.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/ind_198_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/ind_198_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que priorize as famílias que tenham pessoas com Transtorno do Espectro Autista para obterem acesso ao programa Minha Casa Minha vida.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/ind_199_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/ind_199_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que institua o_x000D_
 Projeto "Resgatando a história dos bairros no município de Iturama.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/ind_200_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/ind_200_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a troca dos_x000D_
 bebedouros das unidades básicas de saúde do nosso município.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/ind_201_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/ind_201_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a_x000D_
 dedetização e limpeza das caixas de água das escolas dos nosso município semestralmente.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/ind_202_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/ind_202_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a doação de_x000D_
 uniformes e materiais para os alunos de baixa renda.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/ind_203_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/ind_203_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 13/2021, no sentido de_x000D_
  solicitar ao Sr. Prefeito Municipal, a sinalização vertical e horizontal de todas as ruas de todos os bairros de Iturama e Alexandrita.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/ind_204_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/ind_204_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 124/2022, solicitando ao Sr. Prefeito Municipal, a manutenção dos brinquedos da Ituraminha.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/ind_205_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/ind_205_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 287/2021, solicitando ao Sr. Prefeito Municipal, instalar um Hemocentro em nossa cidade, para que doadores de sangue de Iturama e região possam fazer sua doação de sangue.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/ind_206_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/ind_206_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 286/2021, solicitando ao Sr. Prefeito Municipal, a dar o apoio necessário à Polícia Militar para reabrir o posto policial da rodoviária do município de Iturama.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/ind_207_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/ind_207_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 264/2021, solicitando ao Sr. Prefeito Municipal, que seja feita a reforma das estruturas da Vila Olímpica.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/ind_208_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/ind_208_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 499/2021, solicitando ao Sr. Prefeito Municipal, que seja feita a restauração da Praça Dona Francisca Justiniana de Andrade, pois é um cartão postal para a cidade, lugar de recreação, reunião de familiares e amigos.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/ind_209_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/ind_209_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal,  para fazer a instalação de painéis de energia solar nas UBS/ESF do município de Iturama.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/ind_210_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/ind_210_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para tampar, fazer a limpeza e a manutenção nos bueiros do bairro Santa Rosa.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Deleon, Heraldo, Neto Lúcio, Ricardo Baiano, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/ind_211_2023_000201.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/ind_211_2023_000201.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a reforma da_x000D_
 Fonte de água e sua iluminação da Praça Dona Francisca Justiniana de Andrade.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/ind_212_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/ind_212_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a instalação de um gerador para a farmácia municipal, com o intuito de manter os medicamentos de alto custo, devido as recorrentes quedas de energia no município.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/ind_213_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/ind_213_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 74/2021, solicitando ao Sr. Prefeito Municipal, a instalar brinquedos e aparelhos de atividade física ao ar livre nas praças e também fazer a manutenção dos mesmos.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/ind_214_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/ind_214_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a implantação de bolsões, faixas exclusivas para motos em vias com sinalização semafórica e grande fluxo de veículos. O objetivo é diminuir o número de acidentes envolvendo motos no município.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>Neto Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/ind_215_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/ind_215_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, um espaço na "Prainha", para prática do esporte de acrobacias com motocicletas e para a realização de eventos. Dessa forma, requer a criação de uma pista de acrobacias para o grupo "Itugrau034".</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/ind_216_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/ind_216_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, uma academia ao ar livre e um poço artesiano com bebedouro na praça do Bairro Floresta.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/ind_217_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/ind_217_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 163/2022 , solicitando ao Sr. Prefeito_x000D_
 Municipal, para que seja construído um redutor de velocidade / quebra molas / sarjetão na Rua Frutal esquina com a Av. Dona Francisca Justiniana de Andrade, bairro Nossa Senhora de Fátima, em nossa cidade.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/ind_218_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/ind_218_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja_x000D_
 construído um redutor de velocidade / quebra molas ou sarjetão, antes do cruzamento da Av. Pontal com a Rua São Paulo, para que os veículos ao chegarem no semáforo já estejam com a velocidade reduzida.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/ind_219_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/ind_219_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que faça a manutenção/reforma ou troque as cadeiras da recepção dos U.B.S e P.S.F do nosso município.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2880/ind_220_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2880/ind_220_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, aquisição de cadeira de rodas, muletas e andadores adulto para todos os U.B.S e P.S.F do nosso município.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/ind_221_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/ind_221_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, aquisição / reforma de mesas para reuniões com 10 cadeiras para os UBS e PSF do nosso município.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/ind_222_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/ind_222_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que distribua kit de EPI com máscara semi-facial, máscara facial completa, luva nitrílica, capacete de aba larga, protetor auricular, óculos de segurança, avental impermeável, calças de brim, camisas de brim, calçados de segurança para todos os agentes de endemias.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/ind_223_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/ind_223_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente REITERAÇÃO da indicação CM 395/2021, solicitando ao Sr. Prefeito Municipal, o prolongamento da av. Assilvio Gélio do Bairro Itália,  até o parque de exposições.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/ind_224_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/ind_224_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a atualização do portal transparência da Prefeitura Municipal,  com as informações diariamente, para que a população tenha acesso, pois o site não está atualizado.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/ind_225_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/ind_225_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a distribuição de kit de EPI com máscara; chapéu ou boné de abas largas; óculos de proteção solar; protetor solar (conforme o tipo de pele de cada ACS) camiseta de manga longa com proteção UV; guarda sol, luvas apropriadas para todos os agentes comunitários de saúde.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/moc_01_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/moc_01_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para Luciano Adão de Freitas, empresário do ramo de automação.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/moc_02_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/moc_02_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para Criscya Silva Guimarães, engenheira civil, com ênfase em projetos e execução de obra residencial.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/mocao_03_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/mocao_03_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento à PATRÍCIA MARA DE ARAÚJO,  servidora do setor de medicamentos de alto custo, pelo trabalho, comprometido, profissional e responsável que exerce frente à Farmácia de Minas, primando sempre pela atenção e o respeito aos pacientes que necessitam dessa referida medicação, sendo a referida farmacêutica de fundamental  importância para saúde pública de nossa cidade, uma vez que a medicação citada é fornecida pelo Ministério da Saúde e  exige muito controle.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mocao_04_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mocao_04_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento à DRA GIOVANNA QUEIROZ BORGES SEVERINO cirurgiã dentista, OTAVIO ODÉLIO FREITAS SOUZA auxiliar da equipe odontológica e toda EQUIPE DA SAÚDE, da UBS Maria Francisca da Conceição, no bairro Amazonas, pela realização do Natal Solidário para as famílias, ocorrido no dia 1º de dezembro de 2022, onde aconteceram várias brincadeiras para as crianças, pinturas, pula-pula, distribuição de cachorro quente, refrigerante, pipoca, algodão-doce, sacolinhas de doces, promovendo assim um natal mais feliz as famílias carentes do bairro e proximidades.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/mocao_05_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/mocao_05_2023.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Sr. MANOEL TOLEDO DE SOUZA, pelos seus serviços prestados a população ituramense,  Sr. Manoel é Fitoterapeuta e   há meio século vem trabalhando com sua experiência em ervas medicinais, na cura de doenças. O seu trabalho vem passando por várias gerações : avô, pai, filho e neto, 4ª geração de ervanários.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/moc_06_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/moc_06_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento aos senhores, 3º Sgt Lucinei Oliveira da Silva, 3º Sgt Luiz Humberto Nunes Junior e Cb Seife José Baliana, pelo salvamento da criança engasgada em nosso município.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/moc_07_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/moc_07_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao Sr. LUIZ CARLOS VILAS BOAS JUNIOR que atua como Técnico Assistente da Polícia Civil.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/moc_08_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/moc_08_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para os investigadores da Polícia Civil de Iturama, que fizeram um belo trabalho no caso do desaparecimento de Renata Ferreira Sampaio (in memoria). _x000D_
 Sendo eles: Dr. NILSON MARÃO BARACAT, Dr. VINICIUS DE BARROS MENDONÇA, ARLEM MARQUES DE OLIVEIRA, DIEGO MACEDO DE ALBUQUERQUE, EDUARDO APARECIDO VITORINO GONÇALVES DE OLIVEIRA,  MARCUS VINICIUS DE SOUZA, ROBISON APARECIDO DA SILVA, THIAGO JOSÉ MACHADO PEREIRA ROSA, WALLACE BATISTA PEREIRA.</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/moc_09_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/moc_09_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para o Sr. Ricardo Aprígio de Freitas, educador físico.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/moc_10_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/moc_10_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para o Sr. Rodolfo Leal de Queiroz Freitas, empresário.</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/mocao_11_-_2023_000071.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/mocao_11_-_2023_000071.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Sr. LANDSTEINER FERNANDES DE SOUZA, da Companhia de folia de Reis do Oriente.</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/moc_12_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/moc_12_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplausos e reconhecimento a Sra. ROSA MARIA BARBOSA ALMEIDA, que por mais de 30 anos, contribuiu para a educação no município de Iturama-MG.</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/moc_13_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/moc_13_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplausos e reconhecimento, ao Sr. RODRIGO MORAIS BARBOSA, que trabalha na Empresa Brasileira de Correios e Telégrafos de Iturama à 15 (quinze) anos.</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/moc_14_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/moc_14_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e reconhecimento, ao projeto "ALÉM DO OLHAR" , projeto esse elaborado para a conscientização do Autismo, em nome das mães: Daniela Rodrigues de Oliveira, Jullyana Santos Pereira, Amanda Caroline de Freitas, Welrika Cristina de Freitas e Renata Aparecida de Freitas Araújo e Andrade.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/moc_15_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/moc_15_2023.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Sr. ROBERTO JOSÉ DE QUEIROZ, pelos seus serviços prestados a população ituramense.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/moc_17_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/moc_17_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao sr. JOÃO MARQUES DE QUEIROZ, conhecido como João Beleza, pelos relevantes serviços prestados a nossa comunidade, como servidor público municipal e como folião de Reis pela companhia "Os mensageiros dos Reis" na cidade de Carneirinho/MG.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/moc_17_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/moc_17_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento à DRA. LEILA QUEIROZ MAMEDE – Chefe dos PSF´s – Programa Saúde da Família e também acumulando a função de Coordenadora do PS, pelo expressivo  trabalho que vem desempenhando na área da saúde municipal e pelo bom atendimento prestado à nossa população , agindo sempre com lisura, competência,  responsabilidade e coragem._x000D_
   		A homenageada  vem se superando e, com sacrifício e determinação, transpõe obstáculos e dificuldades, atuando até mesmo com horário estendido  e também aos finais de semana, quando necessário, buscando  proporcionar e democratizar o acesso dos pacientes a uma saúde de melhor qualidade.</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/moc_18_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/moc_18_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao Sr. Célio Roberto Buso, empresário / mecânico, pelos serviços prestados e empregos gerados em nosso município.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/moc_19_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/moc_19_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao Sr. Elias Nunes Silva, Empresário, pelos serviços prestados e empregos gerados em nosso município.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/moc_20_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/moc_20_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Solicita Moção de Aplauso e Reconhecimento ao senhor JULIO JESUÍNO ROCHA UETSUKI – Secretário Municipal de Cultura e sua equipe, que com muita dedicação, responsabilidade e zelo, trabalharam para abrilhantar a “XXI FEIRA CULTURAL,  ITURAMA E REGIÃO MOSTRAM SEUS TALENTOS-   ENCONTRO DE CATIRA”, ocorrida no dia 01 de maio de 2023, em comemoração ao Dia do Trabalho, em nossa cidade.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/moc_21_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/moc_21_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Servidor Público FRANCISCO PEREIRA DE QUEIROZ, pelo trabalho desenvolvido frente à Casa da Memória, cuidando com muito zelo, responsabilidade e dedicação do acervo ali constante e também pela Exposição Fotográfica na XX FEIRA CULTURAL - ITURAMA E REGIÃO MOSTRAM SEUS TALENTOS- “ ENCONTRO DE CATIRA”, realizada no dia 01 de maio de 2023, em comemoração ao Dia do Trabalho, em nossa cidade.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/moc_22_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/moc_22_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e Reconhecimento para a Senhora Lucinéia Maria Lopes, recepcionista na Delegacia de Policia Civil.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/moc_23_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/moc_23_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma Moção de Aplausos para a Feira de Empreendedorismo e Sustentabilidade da Escola Estadual Antônio Ferreira Barbosa, em homenagem ao Produtor Rural e à Agricultura Familiar. _x000D_
 O projeto foi desenvolvido pela Coordenação do Novo Ensino Médio (NEM) da Escola, em parceria com a Emater.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/moc_24_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/moc_24_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplausos e Reconhecimento para a Equipe do CEMEI DONA RITINHA, que elaborou uma palestra em forma de conto histórico no dia 18 de maio de 2023, "A HISTÓRIA DA TARTANINHA", alertando as crianças sobre o abuso sexual infantil.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/moc_25_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/moc_25_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma Moção de Aplausos e Reconhecimento à Sra. Rosinéia Deolinda de Oliveira, empresária.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/moc_26_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/moc_26_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma Moção de aplauso e Reconhecimento à Sra. Vanda Divina da Silva Gonçalves, diretora da Escola Estadual Tiradentes.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/moc_27_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/moc_27_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma Moção de aplauso e Reconhecimento ao Sr. Carlos Henrique Cunha Morais, Professor voluntário de Xadrez na Escola Estadual Tiradentes.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/moc_28_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/moc_28_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplausos e Reconhecimento para Roddrigo Batista Freitas, que é Diretor da Escola Municipal Lourival Baptista Câmara, que exerce com tanto amor sua função.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/moc_29_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/moc_29_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida moção de aplausos para a Escola Municipal Lourival Baptista Câmara, que tem vários profissionais dedicados no que fazem, e que trabalham em prol a ajudar além dos seus alunos, as famílias que necessitam de apoio.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/moc_30_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/moc_30_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimento para o Posto de Saúde ESF TIRADENTES - Estratégia da Saúde Familiar, onde tem vários profissionais que exercem com muito amor e dedicação o seu trabalho.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/moc_31_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/moc_31_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimento para o Professor Idivaldo Divino Alves Rosa, pela doação de um pedaço da sua terra para a UFTM de Iturama.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/moc_32_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/moc_32_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma Moção de aplausos e Reconhecimento pelo dia da Agricultura Familiar que comemora-se no dia 25 de Julho, para EMATER de Iturama, pela dedicação e trabalhos executados em prol do melhoramento das atividades agropecuárias dos produtores rurais de nosso município.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/moc_33_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/moc_33_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos Reconhecimento para o Posto de Saúde ESF ANTÔNIO BRAULIO - Estratégia da Saúde Familiar, onde tem vários profissionais que exercem com muito amor e dedicação o seu trabalho.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/moc_34_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/moc_34_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida uma Moção de Aplausos e Reconhecimento, para a Escola Municipal Diretora Maria Sarah, pelo belíssimo trabalho que vem sendo desenvolvido e pela festa junina que foi muito bem organizada</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/moc_35_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/moc_35_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos e Reconhecimento, para Telma Pereira Silva e Souza, pelo brilhante trabalho que presta frente ao Abrigo ao Idoso Sol Nascente.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/moc_36_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/moc_36_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos para Comandante da Polícia Ambiental, Sargento José Cleiton Dias Oliveira, pela dedicação, empenho e excelente trabalho que desenvolve junto a polícia ambiental de nosso município e região, sem deixar de mencionar os trabalhos sociais que desenvolve na sociedade.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/moc_37_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/moc_37_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplausos para 2º Tenente do Quadro de Oficiais da Reserva da Polícia Militar de Minas Gerais, Vandevaldo José de Oliveira, pela dedicação, empenho e excelente trabalho que desenvolve estando Presidente da Associação Regional de Proteção Ambiental de Iturama.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/moc_38_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/moc_38_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento para a Diretora Julia Benedita Machado, servidora da Escola Estadual Nossa Senhora de Lourdes, por ser a única escola inclusiva do município.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/moc_39_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/moc_39_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento, para a Escola Estadual Nossa Senhora de Lourdes, de nosso município.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/moc_40_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/moc_40_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o Plenário, requerem a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao cidadão Ituramense, Christian Oliveira Silva, que representa Iturama brilhantemente como competidor de Rodeio em Touros Nacionalmente e em 2024 Mundialmente, onde passará a competir nos Estados Unidos.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/moc__41_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/moc__41_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de Aplauso e Reconhecimento ao Senador do Estado de Minas Gerais, Cleiton Gontijo de Azevedo, mais conhecido como, "Cleitinho", pelo brilhante trabalho realizado  no Congresso Nacional, como legislador e fiscalizador dos atos do poder Executivo.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/moc_42_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/moc_42_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para Karl Humberto de Lima, e parabeniza o competidor por sua honrosa participação na disputa das provas na modalidade team penning, em Barretos/SP.</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/moc_43_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/moc_43_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para Iris José de Lima e parabenizar o competidor por sua honrosa participação na disputa das provas nas modalidades três tambor, laço em dupla, ranshort e team penning, em Barretos/SP.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/moc_44_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/moc_44_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento para Iuly Assis de Lima Bernabé, e parabenizar a competidora por sua honrosa participação na disputa das provas nas modalidades três tambor, ranshort e team penning, em Barretos/SP.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/moc_45_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/moc_45_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, aos Sres. Sergio Roncolato, José Roberto Marques (Bugrão), Edilson Martins de Queiroz (Dilima) e Júlio Mikiu, pelos relevantes serviços prestados na realização da 38º_x000D_
 Festa em louvor à São Benedito, na comunidade São Benedito em Alexandrita, realizada nos dias 16 e 17 de Setembro de 2023.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/moc_46_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/moc_46_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento à Sra. Angêla Maria Silva Lima, empresária, que emprega diversas pessoas em seu comércio denominado Peixaria Pontal.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>Deleon</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/moc_47_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/moc_47_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta Moção de aplauso e Reconhecimento, ao Sr. Adilson Pereira de Queiroz, Engenheiro civil, pelos relevantes serviços prestados ao município de Iturama.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/moc_48_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/moc_48_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta Moção de aplauso e Reconhecimento, ao Sr. Paulo dos Reis de Oliveira, empresário no ramo de construção, pelos relevantes serviços prestados ao município de Iturama.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>Ana Lúcia, Chicão, Heraldo, Neto Lúcio</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/moc_49_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/moc_49_2023.pdf</t>
   </si>
   <si>
     <t>Os vereadores que esta subscrevem, ouvido o Plenário, requerem a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao presidente do Sindicato dos Produtores Rurais, Senhor Saulo Elson Diniz e toda sua diretoria, pelo sucesso e organização da 1ª SEAGRI – Semana do Agronegócio de Iturama, realizada nos  dias 27/09 a 30/09/2023, para compartilhar conhecimento, explorar novas tecnologias e celebrar o futuro brilhante do agronegócio.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/moc_50_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/moc_50_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, ao Sr. Landsteyner Fernandes de Souza, servidor público, atuante no departamento de estradas, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/moc_51_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/moc_51_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, ao Sr. Cleber Garcia Freitas, servidor público, atuante no departamento de estradas, pelos relevantes serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/moc_52_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/moc_52_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento aos Influenciadores Digitais que representam nosso município, Nilson Freitas Machado Junior e a Sra. Maria Aparecida de Freitas Sampaio (Dona Dite), pelo belo desempenho que vem tido nas redes sociais.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/moc_53_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/moc_53_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento para as Influencers Digitais, Ana Rita Fortunato Menezes e Agnes Karoline Silva Ribeiro, pelo belo trabalho de divulgação e empreendedorismo digital, levando o nome do nosso município à toda região.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/moc_54_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/moc_54_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento para a Influencer Digital, Dominique Gomes da Costa, que é a primeira mulher trans a se destacar no mundo virtual da nossa cidade.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/moc_55_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/moc_55_2023.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento à Dra Telma Pereira Silva e Souza e toda sua equipe, pelos relevantes trabalhos humanitários desenvolvidos como Presidente na instituição  Abrigo Sol Nascente, sempre priorizando o bem estar e a qualidade de vida dos idosos internos.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/moc_56_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/moc_56_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Sr. Rogério Machado de Paula.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/moc_57_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/moc_57_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao grupo ITUGRAU034.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/moc_58_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/moc_58_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento à UNIMED PONTAL DO TRIÂNGULO.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/moc_59_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/moc_59_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento ao Sr. Klebson Inácio dos Santos.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/moc_60_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/moc_60_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento, ao Pastor Presidente Eliel Ribeiro Carvalho, o Presbítero líder Erivaldo Patrício Silva Júnior e à toda a equipe gestora no 40º Congresso UMADIR na igreja Assembleia de Deus Missão, na cidade de  Iturama, realizado nos dias 25/11 à 26/11/2023.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>Chicão</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/moc_61_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/moc_61_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao Sr. Paulo Cézar de Freitas, servidor público, pelo relevante trabalho desenvolvido em prol do nosso município.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/moc_62_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/moc_62_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento ao jogador profissional de Futebol Mateus Lima.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Claudio Tomaz de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/plc_02_2023_substituicao_000209.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/plc_02_2023_substituicao_000209.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 110 e acrescenta os parágrafos 30 e 40, incisos I, II e III ao Artigo 12° da Lei Complementar n° 07 de 23 de Dezembro de 2003 que "Institui o Código de Parcelamento do Solo no Município de Iturama.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/plc__03_2023_000623.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/plc__03_2023_000623.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Recuperação Fiscal — REFIS MUNICIPAL</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/plc_04_2023_000818.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/plc_04_2023_000818.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do Minha Casa Minha Vida ou outro que o suceder no âmbito do Município de Iturama/MG, autoriza a doação de imóveis pertencentes ao patrimônio público municipal e chi outras providências</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/plc_05_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/plc_05_2023_0001.pdf</t>
   </si>
   <si>
     <t>TRATA DA EXTINÇÃO DOS CARGOS PÚBLICOS COMISSIONADOS QUE MENCIONA DO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE ITURAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/plc_06_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/plc_06_2023_0001.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 12 e 19 da Lei Complementar n° 10, de 23 de dezembro de 2003 que "Institui o Código de Posturas do Município de Iturama, e dá outras providências.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/plc_07_2023_000043.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/plc_07_2023_000043.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do município de Iturama, estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>PLCCM</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/substitutivo__plc_cm_01_2023_000748.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/substitutivo__plc_cm_01_2023_000748.pdf</t>
   </si>
   <si>
     <t>Altera disposições na Lei Complementar n° 93/2016, que "Dispõe sobre a Estrutura Administrativa, Organizacional e do Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos da Câmara Municipal de Iturama, e dá outras providências".</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>Márcio da Auto Escola, Paulinho Dias, Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/plc_cm_02_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/plc_cm_02_2023_0001.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do Artigo 1º da Lei n°141, de 25 de Outubro de 2019, e altera a redação das alíneas "a, b e c" Do inciso I, do Artigo 15 da Lei Complementar n°7 De 23 de Dezembro de 2003, que institui o código de parcelamento do solo no Município de Iturama e dá outras providências"</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>Mesa Diretora da 3ª Sessão Legislativa da 19 ª Legislatura (2023)</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/plc_cm_03_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/plc_cm_03_2023_0001.pdf</t>
   </si>
   <si>
     <t>Altera, acresce e cria dispositivos na Lei Complementar n° 93/2016 - que "Dispõe sobre a Estrutura Administrativa, Organizacional e do Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos da Câmara Municipal de Iturama e dá outras providências".</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/plc_cm_04_2023_000100.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/plc_cm_04_2023_000100.pdf</t>
   </si>
   <si>
     <t>Altera, acresce e cria dispositivos na Lei Complementar n°93/2016 - que "Dispõe sobre a Estrutura Administrativa, Organizacional e do Plano de_x000D_
 Cargos, Carreiras e Vencimentos dos Servidores Públicos da Câmara Municipal de Iturama, e dá outras providências".</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/plc_cm_05_2023_2_subst_000162.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/plc_cm_05_2023_2_subst_000162.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos à Lei Complementar n°11, de 23 de dezembro de 2003, "INSTITUI 0 CÓDIGO AMBIENTAL DO MUNICÍPIO DE ITURAMA", e dá outras providências.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/plo_01_2023_000198.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/plo_01_2023_000198.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESPENDER AJUDA DE CUSTO PARA EVENTO QUE MENCIONA E CONTEM OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/pl_02_2023_000021.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/pl_02_2023_000021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos salários bases dos agentes públicos do Município de IturamafMG para o exercício financeiro de 2.023 e dá outras providências.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/pl_03_2023_000026.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/pl_03_2023_000026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de adicional, denominadas jeton", aos representantes do Poder Executivo nomeados para compor o Conselho Municipal de Saneamento Básico — COMUSAB da Prefeitura Municipal Iturama/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/pl_04_2023_000030.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/pl_04_2023_000030.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECÍFICA._x000D_
 CHRISTIAN OLIVEIRA SILVA - PEÃO DE RODEIO</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/plo_05_2023_000031.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/plo_05_2023_000031.pdf</t>
   </si>
   <si>
     <t>Autoriza alienação de bem imóvel que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_06_2023_000036.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_06_2023_000036.pdf</t>
   </si>
   <si>
     <t>Desafeta, autoriza a permuta e afeta bens imóveis que menciona.</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/pl_07_2023_000046.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/pl_07_2023_000046.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros à entidade que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/pl_08_2023_000049.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/pl_08_2023_000049.pdf</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/pl_09_2023_000052.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/pl_09_2023_000052.pdf</t>
   </si>
   <si>
     <t>Autoriza o Pode Executivo efetuar repasses voluntários de recursos financeiros à entidade que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/pl_10_2023_000055.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/pl_10_2023_000055.pdf</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/pl_11_2023_000058.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/pl_11_2023_000058.pdf</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/pl_12_2023_000061.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/pl_12_2023_000061.pdf</t>
   </si>
   <si>
     <t>Dá Denominação de João Pedro Alvarenga, ao Instituto Médico Legal de Iturama - IML que menciona.</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/pl_13_2023_000063.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/pl_13_2023_000063.pdf</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/pl_16_2023_000066.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/pl_16_2023_000066.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO TRANSPORTE AOS ESTUDANTES DE CURSO SUPERIOR DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/pl_17_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/pl_17_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros à entidade que especifica, dá outras providências.</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/pl_18_2023_000072.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/pl_18_2023_000072.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/pl_19_2023_000077.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/pl_19_2023_000077.pdf</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_21_2023_000096.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_21_2023_000096.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Iturama, Estado de Minas Gerais a permutar, afeta e desafeta bens imóveis que menciona.</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pl_22_2023_000080.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pl_22_2023_000080.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A LOGRADOURO PÚBLICO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/pl_23_2023_000136.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/pl_23_2023_000136.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidade que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/pl_24_2023_000138.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/pl_24_2023_000138.pdf</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/pl_25_2023_000140.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/pl_25_2023_000140.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros às entidades que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/proj_lei_26__000012.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/proj_lei_26__000012.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Iturama, Estado de Minas Gerais a permutar, afeta e desafeta bens imóveis que menciona".</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/proj_lei_27__000015.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/proj_lei_27__000015.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI N° 4.852 DE 07 DE NOVEMBRO DE 2019".</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/plo_28_2023_000166.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/plo_28_2023_000166.pdf</t>
   </si>
   <si>
     <t>Autoriza a aplicação do Piso Salarial Nacional dos Profissionais do Magistério da Educação Básica Pública, para o exercício de 2.023, no Município de Iturama/MG."</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/plo_292023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/plo_292023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL POR ANULAÇÃO TOTAL OU PARCIAL NO ORÇAMENTO  VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/plo_30_2023_000192.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/plo_30_2023_000192.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 4.549 de 30 de dezembro de 2015"</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/plo_31-2023_000071.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/plo_31-2023_000071.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão geral anual e reajuste dos salários bases dos Profissionais do Magistério da Educação Básica Pública e_x000D_
 autoriza a aplicação do Piso Salarial Nacional dos Profissionais do Magistério da Educação Básica Pública, para o exercício de 2023, no Município de Iturama/MG."</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/pl_32_2023_000204.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/pl_32_2023_000204.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 EXECUTIVO MUNICIPAL A DESPENDER AJUDA DE CUSTO PARA EVENTO QUE MENCIONA E CONTÉM OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/pl_33_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/pl_33_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR ANULAÇÃO TOTAL OU PARCIAL NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/pl_34_2023_000263.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/pl_34_2023_000263.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 4.547 DE 30 DE DEZEMBRO DE 2015.</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/pl_35_2023_000716.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/pl_35_2023_000716.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/pl_36_2023_000296.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/pl_36_2023_000296.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ALTERAÇÃO DAS SUBFUNÇÃO DA FUNÇÃO 20 CONFORME ALTERAÇÃO DA SECRETÁRIA DO TESOURO NACIONAL DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS,"</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/pl_37_2023_000331.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/pl_37_2023_000331.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Parágrafo único do Artigo 2° e do inciso I e alíneas "a", "b", "c", "d" e "e" do Artigo 5° da Lei n° 4.613 de 08 de março de 2017.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/pl_38_2023_000417.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/pl_38_2023_000417.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Parágrafo único do Artigo 2° e do inciso I e alíneas "a", "b", "c", "d" e "e" do Artigo 5° da Lei n° 4.613 de 08 de marco de 2017.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/pl_39_2023_000497.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/pl_39_2023_000497.pdf</t>
   </si>
   <si>
     <t>Autoriza a alienação de bem imóvel que especifica e dá outras providencias.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/pl_41_2023_000495.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/pl_41_2023_000495.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 41/2.023, que, AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/pl_42_2023_000519.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/pl_42_2023_000519.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município a firmar Termo de Cooperação para repasse de recursos financeiros ao Sindicato dos Produtores Rurais de Iturama, para realização da 45º Exporama — Exposição Agropecuária e Industrial de Iturama/MG e dá outras providências."</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/pl_43_2023_substituido_000522.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/pl_43_2023_substituido_000522.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 43/2.023, que "AUTORIZA A ABERTURA DE CREDITOS SUPLEMENTARES POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/pl_44_2023_000622.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/pl_44_2023_000622.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/pl_45_2023_000627.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/pl_45_2023_000627.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/pl_46_2023_000626.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/pl_46_2023_000626.pdf</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/pl_47_2023_000714.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/pl_47_2023_000714.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM AJUDA DE CUSTO PARA ATLETA QUE ESPECÍFICA.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/pl_48_2023_000767.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/pl_48_2023_000767.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de veiculo ao SEPUM — Sindicato dos Servidores Públicos Municipais de Iturama e dá outras providências.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/pl_49_2023_000821.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/pl_49_2023_000821.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/pl_50_2023_000822.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/pl_50_2023_000822.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/pl_51_2023_000823.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/pl_51_2023_000823.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/substitutivo_pl_52_e_53_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/substitutivo_pl_52_e_53_2023_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conceder ajuda de custo aos atletas/paratletas amadores e profissionais que representam o Município de Iturama em competições esportivas, e dá outras providências.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/substitutivo_pl_52_e_53_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/substitutivo_pl_52_e_53_2023_0001.pdf</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_54_2023_000213.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_54_2023_000213.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas Município de Iturama/MG, para o exercício financeiro de 2.024.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/pl_55_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/pl_55_2023_0001.pdf</t>
   </si>
   <si>
     <t>ATUALIZAÇÃO E REESTRUTURAÇÃO PLANO MUNICIPAL DE TURISMO DE ITURAMA MG</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/</t>
+    <t>http://sapl.iturama.mg.leg.br/media/</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/pl_57_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/pl_57_2023_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder as parcelas complementares repassadas ao Município pela União Federal, por intermédio do Ministério da Saúde, aos servidores públicos municipais ativos, ocupantes dos cargos de Enfermeiro, Técnico de Enfermagem e Auxiliar de Enfermagem, relativas à complementação dos vencimentos dos servidores destinadas a equiparar a remuneração desses servidores ao piso nacional da categoria em atendimento ao disposto na Lei Federal n.° 14.434, de 4 de agosto de 2.022" e dá outras providências.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_58_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_58_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO DE VIGENTE E CONTÊM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_59_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_59_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR SUPERAVIT FINANCEIRO DE VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/pl_60_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/pl_60_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR ANULAÇÃO DE VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/pl_61_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/pl_61_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_62_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_62_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO DE VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/pl_63_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/pl_63_2023_0001.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_64_2023_000212.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_64_2023_000212.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 56 da Lei n° 5.169, de 29 de agosto de 2.023, que Dispõe sobre as Diretrizes Orçamentárias do Exercício de 2.024 e dá outras providências.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/pl_65_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/pl_65_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A FIRMAR CONVÊNIO COM PESSOA JURÍDICA DE DIREITO PRIVADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/pl_66_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/pl_66_2023_0001.pdf</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/pl_67_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/pl_67_2023_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Iturama, Estado de Minas Gerais a permutar, afeta e desafeta bens imóveis que menciona".</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/pl_68_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/pl_68_2023_0001.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR ANULAÇÃO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/pl_69_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/pl_69_2023_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, a título gratuito, ao Sindicato dos Trabalhadores Rurais de Iturama/MG, o uso de veículo automotor de propriedade do Município de Iturama/MG</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/pl_70_2023_000083.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/pl_70_2023_000083.pdf</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/pl_71_2023_000214.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/pl_71_2023_000214.pdf</t>
   </si>
   <si>
     <t>Altera a redação das Leis nº 5125/2022 e 5067/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/pl_72_2023_000163.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/pl_72_2023_000163.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÕES DO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/pl_73_2023_000164.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/pl_73_2023_000164.pdf</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/pl_74_2023_000191.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/pl_74_2023_000191.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a custear a análise de solo de pequenas propriedades rurais situadas no território do município, e dá outras providências".</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/pl_75_2023_000215.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/pl_75_2023_000215.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ESPECIAL POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/pl_76_2023_000193.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/pl_76_2023_000193.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber em dação em pagamento imóvel urbano que menciona.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2830/pl_77_2023_000195.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2830/pl_77_2023_000195.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE MANEJO ÉTICO POPULACIONAL ANIMAL E DA OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/pl_78_2025_002738.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/pl_78_2025_002738.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO DE CONVÊNIO NO ORÇAMENTO VIGENTE E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/pl_79_2023_000205.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/pl_79_2023_000205.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 PODER EXECUTIVO A CELEBRAR TERMO DE ACORDO NA VIA JUDICIAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/pl_80_2023_000210.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/pl_80_2023_000210.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bem imóvel público que menciona ao DER-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/subst._pl_81_2023_000238.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/subst._pl_81_2023_000238.pdf</t>
   </si>
   <si>
     <t>Desafeta, desmembra e autoriza o Poder Executivo Municipal a outorgar concessão de direito real de uso gratuito de bem imóvel público a entidade que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/pl_82_2023_000217.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/pl_82_2023_000217.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/pl_83_2023_000240.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/pl_83_2023_000240.pdf</t>
   </si>
   <si>
     <t>Desafeta, desmembra e autoriza o Poder Executivo Municipal a outorgar concessão de direito real de uso gratuito de bem imóvel público face o interesse econômico municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/pl_84_2023_000237.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/pl_84_2023_000237.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar os imóveis urbanos, sem benfeitorias que menciona para edificação de moradias próprias face o interesse público e social e dá outras providências".</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/pl_85_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/pl_85_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar concessão de direito real de uso gratuito de bem imóvel público face o interesse econômico municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/pl_86_2023_000259.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/pl_86_2023_000259.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar chamamento público através de licitação para, na qualidade de Poder Concedente, outorgar concessão de direito real de uso dos bens imóveis, sem benfeitorias, que especifica e dá outras providências".</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/pl_87_2023_000262.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/pl_87_2023_000262.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1° da Lei n° 4.997, de 08 de Dezembro de 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/pl_88_2023_000263.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/pl_88_2023_000263.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 1° da Lei n" 4.996, de 08 de Dezembro de 2021 e da outras providências.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>PLOCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/pl_cm_01_2023_000019.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/pl_cm_01_2023_000019.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO QUE MENCIONA</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/pl_cm_02_2023_000020_sub_01.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/pl_cm_02_2023_000020_sub_01.pdf</t>
   </si>
   <si>
     <t>Autoriza a pregação e evangelismo religioso ao ar livre em praças e ruas de nosso município.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/pl_cm_03_2023_000196.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/pl_cm_03_2023_000196.pdf</t>
   </si>
   <si>
     <t>"Autoriza a revisão geral anual na forma do inciso X, do art. 37, da Constituição Federal e dá outras providências."</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/pl_cm_04_16_01_2023_000024.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/pl_cm_04_16_01_2023_000024.pdf</t>
   </si>
   <si>
     <t>Denomina-se de "MARIA LEAL BENTO" a Unidade Básica de Saúde do Distrito de Alexandrita, neste Município.</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>Vilmar Barreto, Carol Miranda, Márcio da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_cm_05_2023_000075.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_cm_05_2023_000075.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O USO DE TELEFONE CELULAR EM SALAS DE AULA.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/scan27032023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/scan27032023.pdf</t>
   </si>
   <si>
     <t>"Reconhece o WHEELING e demais manobras de motocicletas como prática esportiva no município de Iturama, e dá outras providências".</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/pl_cm_08_2023_000631.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/pl_cm_08_2023_000631.pdf</t>
   </si>
   <si>
     <t>Altera e inclui disposições na Lei n.° 4.762, de 26 de novembro de 2018, que "Obriga os estabelecimentos públicos e privados localizados no município a inserir, nas placas de atendimento prioritário, o símbolo mundial do Autismo, bem como, nas placas indicativas de vagas preferenciais em estacionamentos e garagens, mensagens educativas".</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_cm_09_2023_000620.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_cm_09_2023_000620.pdf</t>
   </si>
   <si>
     <t>"Implementa na rede de educação infantil do município de Iturama o Projeto Escola Protetora, e dá outras providências".</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/pl_cm_10_2023_000820.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/pl_cm_10_2023_000820.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR IRON TOMAZ DE ALMEIDA" ao Edifício do Plenário da Câmara Municipal de Iturama, Estado de Minas Gerais e dá outras providencias.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>Paulinho Dias, Márcio da Ambulância, Márcio da Auto Escola, Ronaldo Karfrios, Ronei Mosquito, Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_cm_11_2023_000817.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_cm_11_2023_000817.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Pomar Ituramense execução da política de plantio, manejo, preservação e expansão da arborização frutífera em espaços públicos no município e dá outras providencias.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/pl_cm_12_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/pl_cm_12_2023.pdf</t>
   </si>
   <si>
     <t>DA a denominação de "VEREADOR ADALBERTO ANDRADE VILELA" ao Saguão do Edificio Administrativo da Câmara Municipal de Iturama, Estado de Minas Gerais e dá outras providencias.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_cm_13_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_cm_13_2023.pdf</t>
   </si>
   <si>
     <t>DA a denominação de "VEREADOR DR. JURJUS ANDRAUS GASSANI" a Galeria os Ex-Vereadores da Câmara Municipal de Iturama, Estado de Minas Gerais, criada pela Resolução CM n° 60/98.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_cm_14_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_cm_14_2023.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR ADELVAN DONIZETI FREITAS BORGES" a Sala de Reuniões do Bloco Administrativo da Câmara Municipal de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_cm_15_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_cm_15_2023.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR JOSE LEAL SAMPAIO" a sala utilizada pela Assessoria Jurídica no Bloco Administrativo da Câmara Municipal de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>Paulinho Dias, Terrinha</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/pl_cm_16_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/pl_cm_16_2023_0001.pdf</t>
   </si>
   <si>
     <t>REVOGA E ALTERA LEIS QUE MENCIONA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>Paulinho Dias, Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/pl_cm_17_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/pl_cm_17_2023_0001.pdf</t>
   </si>
   <si>
     <t>Que torna obrigatório notificar por escrito cada contribuinte que será enviado a dívida ativa e dá outras providências.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/pl_cm_18__2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/pl_cm_18__2023_0001.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR JOSÉ LEAL SAMPAIO" a sala utilizada pela Imprensa no Plenário da Câmara Municipal de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/pl_cm_19_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/pl_cm_19_2023_0001.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR OSVALDO DE SOUZA PIRES" ao Saguão do Edifício Administrativo da Câmara Municipal de Iturama, Estado de Minas Gerais e dá outras providencias</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/pl_cm_20__2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/pl_cm_20__2023_0001.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR ADELVAN DONIZETI FREITAS BORGES" a Galeria dos Ex-Vereadores da Câmara Municipal de Iturama, Estado de Minas Gerais, criada pela Resolução CM n° 60/98.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_cm_21__2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_cm_21__2023_0001.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR DR. JURJUS ANDRAUS GASSANI" a Sala de Reuniões do Bloco Administrativo da Câmara Municipal de Iturama, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_cm_22__2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_cm_22__2023_0001.pdf</t>
   </si>
   <si>
     <t>Dá a denominação de "VEREADOR ADALBERTO ANDRADE VILELA" a sala utilizada pela Assessoria Jurídica no Bloco Administrativo da Câmara Municipal de Iturama, Estado de Minas Gerais</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/pl_cm_23_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/pl_cm_23_2023_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acesso dos pacientes aos prontuários médicos no Hospital Delfina Alves Barbosa de Iturama minas gerais e dá outras providências.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/pl_cm_24_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/pl_cm_24_2023_0001.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 500.000,00 (Quinhentos mil reais) no Orçamento Vigente.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_cm_25_2023_00011.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_cm_25_2023_00011.pdf</t>
   </si>
   <si>
     <t>ALTERA 0 ARTIGO 3° DA LEI N° 5.039, DE 20 DE ABRIL DE 2022 QUE REGULAMENTA A MANUTENÇÃO DAS ATIVIDADES POLÍTICAS-PARLAMENTARES E ADMINISTRATIVAS DA CÂMARA MUNICIPAL EM VIRTUDE DE DESLOCAMENTOS DA SEDE DO MUNICÍPIO DE ITURAMA/MG E DÂ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/pl_cm_26_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/pl_cm_26_2023_0001.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ITURAMENSE DE ECOLOGIA E PESCA ESPORTIVA.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/pl_cm_27_2023_000070.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/pl_cm_27_2023_000070.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional no Orçamento Vigente.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/pl_cm_28_2023_000110.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/pl_cm_28_2023_000110.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE 0 RECONHECIMENTO DO "BEACH TENNIS" COMO MODALIDADE ESPORTIVA, NO ÂMBITO DO MUNICÍPIO DE ITURAMA, E INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO "0 DIA MUNICIPAL DO BEACH TENNIS".</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/pl_cm_29_2023_000097.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/pl_cm_29_2023_000097.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a "ASSOCIAÇÃO PROFISSIONALIZANTE JOVEM CIDADÃO"</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/pl_cm_30_2023._000112.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/pl_cm_30_2023._000112.pdf</t>
   </si>
   <si>
     <t>Disciplina normas gerais para adoção de sistema de segurança baseado em monitoramento por câmeras de vigilância nas Escolas e CEMEIs da rede pública municipal de ensino, nas praças, secretarias e demais órgãos do município de Iturama, para monitoramento das suas principais Áreas internas, cercanias e Áreas de acesso, e dá outras providências.</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/pr_cm_01_2023_000195.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/pr_cm_01_2023_000195.pdf</t>
   </si>
   <si>
     <t>Altera o § 2° do artigo 294 da Resolução n° 08, de 17 de Setembro de 1990, que "Dispõe sobre Regimento Interno da Câmara Municipal de Iturama, Estado de Minas Gerais".</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/p_res_cm_02_2023_000624.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/p_res_cm_02_2023_000624.pdf</t>
   </si>
   <si>
     <t>Fixa a despesa orçamentária da Câmara Municipal de Iturama, Estado de Minas Gerais, para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/pr_cm_03_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/pr_cm_03_2023_0001.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE CIDADÃO ITURAMENSE AO Dr. JOSÉ MARCOS JORGI - DIRETOR AGRICOLA DO GRUPO CORURIPE.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/pr_cm__04_2023_000032.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/pr_cm__04_2023_000032.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR GLADSON BARRACHI SILVA EMPRESÁRIO DE ITURAMA.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/pr_cm_05_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/pr_cm_05_2023_0001.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO ENGENHEIRO ELÉTRICO DR. MARCELO SILVEIRA DA SILVA- GERENTE INDUSTRIAL DA S/A USINA CORURIPE ACÚCAR E ÁLCOOL DE CARNEIRINHO-MG.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>Ricardo Baiano</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/pr_cm_06_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/pr_cm_06_2023_0001.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TITULO DE CIDADÃO ITURAMENSE AO DR. VINÍCIUS DE BARROS MENDONÇA — DELEGADO DE POLÍCIA DE MINAS GERAIS ".</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/pr_cm_07_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/pr_cm_07_2023_0001.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SENHOR GUSTAVO FERREIRA, MÉDICO EM ITURAMA</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/pr_cm_08_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/pr_cm_08_2023_0001.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃ ITURAMENSE EXCELENTÍSSIMA JUÍZA DA PRIMEIRA VARA DA COMARCA DE ITURAMA-MG, DRA. MAYSA SILVEIRA_x000D_
 URZEDO".</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>Heraldo</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/pr_cm_09_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/pr_cm_09_2023_0001.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO CHEFE DE CARTÓRIO DA POLÍCIA CIVIL DA 14a DELEGACIA SECCIONAL DE ITURAMA MINAS GERAIS, EDUARDO APARECIDO VITORINO GONÇALVES DE OLIVEIRA".</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/pr_cm_10_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/pr_cm_10_2023_0001.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SR. ANDRÉ DE SIQUEIRA FARIA, MÉDICO ORTOPEDISTA CIDADE DE ITURAMA MG.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/pr_cm_11_2023_0001.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/pr_cm_11_2023_0001.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO ITURAMENSE AO SR. ALEXSANDER SELEGUINI, DIRETOR GERAL DO CAMPUS UNIVERSITÁRIO DE ITURAMA DA UFTM.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/pr_12_2023_000069.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/pr_12_2023_000069.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a proceder a entrega dos bens móveis que menciona ao Poder Executivo, do Município de Iturama MG e dá outras providências.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/substitutivo_pr_cm_13_2023_000170.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/substitutivo_pr_cm_13_2023_000170.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO I DO ARTIGO 66, E DO ART. 100 DA RESOLUÇÃO N.° 08, DE 17 DE SETEMBRO DE 1990, QUE DISPÕE SOBRE 0_x000D_
 REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ITURAMA, ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>PELCM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pelom_cm_01_2023_000239.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pelom_cm_01_2023_000239.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ART. 147 B DA LEI ORGÂNICA DO MUNICÍPIO DE ITURAMA - MG.</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/proposta_emenda_lo_munic_cm_02_2023_000390.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/proposta_emenda_lo_munic_cm_02_2023_000390.pdf</t>
   </si>
   <si>
     <t>Altera o § 2° do art. 147-B da Lei Orgânica do Município de IturamaMG.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/req_01_2023_000203.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/req_01_2023_000203.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o plenário, requer A. Vossa Excelência, QUE ENCAMINHE ESSE REQUERIMENTO AO SR. PREFEITO MUNICIPAL SOLICITANDO INFORMAÇÕES SOBRE 0 CANIL MUNICIPAL</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/req_02_2023_000202.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/req_02_2023_000202.pdf</t>
   </si>
   <si>
     <t>Requer cópia do contrato de gestão entre o Município de Iturama MG e o ISSRV-Instituto Social Saúde Resgate a Vida</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/req_03_2023_000004.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/req_03_2023_000004.pdf</t>
   </si>
   <si>
     <t>Venho através desse, pedir um minuto de silêncio em respeito e memória pelo Falecimento da Senhora Marlei Carvalho de Oliveira, que faleceu no dia_x000D_
 04/02/2023.</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/req_04__2023_000155.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/req_04__2023_000155.pdf</t>
   </si>
   <si>
     <t>REQUERENDO INFORMAÇÕES EXTRAÍDAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, SOBRE OS PROCEDIMENTOS E CRITÉRIOS UTILIZADOS NA DISTRIBUIÇÃO DE CESTAS BÁSICAS À POPULAÇÃO DA COMUNIDADE LOCAL.</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/req_05__2023_000157.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/req_05__2023_000157.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido o plenário, requer a Vossa Excelência, QUE ENVIE ESSE REQUERIMENTO AO EXMO. SR. PREFEITO CLAUDIO TOMAZ DE FREITAS, REQUERENDO INFORMAÇÕES, EXTRAÍDAS DA SECRETÁRIA MUNICIPAL DE AGRICULTURA, SOBRE OS PROCEDIMENTOS E CRITÉRIOS UTILIZADOS NA PRESTAÇÃO DE SERVIÇOS DA PATRULHA MECANIZADA AOS PRODUTORES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/requerimento_04_-_2023_000072.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/requerimento_04_-_2023_000072.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido a Casa, requer que seja feito um minuto de silencio na 5° Reuniao Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do Sr. GILMAR NELSON GONÇALVES, falecido no dia 19/03/2023._x000D_
 Considerando ainda o dever de reverenciar sua memória e deixar patente a profunda consternação.</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/req_07_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/req_07_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o plenário, requer a Vossa Excelência, nos termos do artigo 30 do Regimento Interno da Câmara Municipal de Iturama, solicitar que o Senhor Prefeito Municipal, através de suas secretarias, que remeta a essa casa legislativa  informações e cópias de documentações para auxiliar nossos trabalhos de fiscalização e esclarecimentos. _x000D_
  Que envie a está Casa Legislativa, relatórios de informações das verbas parlamentares concedidas ao Município de Iturama nos anos de 2020, 2021 e 2022, de cada Deputado Federal e Estadual, como: _x000D_
     • Valores;_x000D_
     • Nome do Parlamentar que efetuou o repasse;_x000D_
     • Data da liberação da emenda, secretaria ou instituição contemplada;_x000D_
     • Execução do repasse _x000D_
     • Programação da efetivação dos demais recursos obtidos e que está a disposição nas contas da prefeitura para serem executadas.</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/req_08_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/req_08_2023.pdf</t>
   </si>
   <si>
     <t>Venho através desse, pedir um minuto de silencio em respeito e memória pelos falecimentos de Antônio Silva Santos 15/04/2023, Allan Conz faleceu 15/04/2023, Eguimar Soares faleceu 13/04/2023, Luiz Minaré faleceu 12/04/2023, José Rodrigues de Oliveira faleceu 11/04/2023, Maria Rosa Pereira faleceu 10/04/2023, Deborah Nogliati dos Santos, faleceu 10/04/2023, Aldeir Borges de Freitas faleceu 03/04/2023, Antônio Salustiano de Miranda que faleceu 03/04/2023.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>Márcio da Ambulância, Márcio da Auto Escola, Paulinho Dias, Ronaldo Karfrios, Ronei Mosquito, Terrinha, Tião Tiago</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/req_09_2023_000492.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/req_09_2023_000492.pdf</t>
   </si>
   <si>
     <t>CÓPIA DA PRESTAÇÃO DE CONTAS, BALANÇO COM TODOS OS ANEXOS PERTINENTES REFERENTE AO EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/req_10_2023_000493.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/req_10_2023_000493.pdf</t>
   </si>
   <si>
     <t>CÓPIA DA PUBLICAÇÃO OU ARQUIVO ELETRONICO DO RELATÓRIO RESUMIDO DE EXECUÇÃO ORÇAMENTÁRIA REFERENTE AO 1 BIMESTRE DO EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/req_11_2023_000494.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/req_11_2023_000494.pdf</t>
   </si>
   <si>
     <t>CÓPIA DOS DECRETOS, PORTARIAS, CONTRATOS E OUTROS DOCUMENTOS</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/req_12_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/req_12_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 10ª (décima) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do, Sr. ISAAC VIEIRA DUARTE, falecido no dia 02/06/2023.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/req_13_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/req_13_2023.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 10ª (décima) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do Sr. Nelson Salgado Diniz, falecido no dia 31/05/2023.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>Ana Lúcia, Chicão, Deleon, Heraldo, Márcio da Ambulância, Neto Lúcio, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/req_17_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/req_17_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido a Casa, requerem a Vossa Excelência, que seja feito um minuto de silêncio na 15ª (décima quinta) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento do Sr. MÁRIO NERY, falecido no dia 15/08/2023.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/req_18_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/req_18_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido a Casa, requerem a Vossa Excelência, que seja feito um minuto de silêncio na 15ª (décima quinta) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento de Heitor Queiroz Brito, falecido hoje 21/08/2023.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/ind_174_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/ind_174_2023.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido a Casa, requerem a Vossa Excelência, que seja feito um minuto de silêncio na 17ª (décima setima) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento de Maria Alves de Oliveira, falecida hoje 18/09/2023</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/req_20_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/req_20_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido a Casa, requer a Vossa Excelência, que seja feito um minuto de silêncio na 18ª (décima oitava) Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento de Julieta Maria dos Santos, falecida no dia 28/09/2023.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/req_21_2023.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/req_21_2023.pdf</t>
   </si>
   <si>
     <t>0 Vereador que esta subscreve, ouvido a Casa, requer que seja feito um minuto de silêncio 20º Reunião Ordinária da Câmara Municipal, que será realizada nesta data, pelo falecimento da Sra. Rosimeire Nunes de Oliveira, falecida no dia 22/10/2023.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>Ana Lúcia, Carol Miranda, Chicão, Deleon, Heraldo, Márcio da Ambulância, Neto Lúcio, Paulinho Dias, Ricardo Baiano, Ronaldo Karfrios, Tião Tiago, Túlio do Lanche, Vilmar Barreto</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/req_22_2023_000171.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/req_22_2023_000171.pdf</t>
   </si>
   <si>
     <t>Incentivo financeiro para ACS e ACE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5209,67 +5209,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/ind_01_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/ind_02_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/ind_03_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/ind_04__2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/ind_05_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/ind_06_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/ind_07_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/ind_08_20232.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/ind_09_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/ind_10_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/ind_11_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/ind_12_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/ind_13_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/ind_14_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/ind_15_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/ind_16_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/ind_17_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/ind_18_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/ind_19_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/ind_20_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/ind_21_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_22_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/ind_23_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/ind_24_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/ind_25_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/ind_26_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/ind_27_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/ind_28_20232.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/ind_29_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/ind_30_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/ind_31_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/ind_32_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/ind_33_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/ind_34_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/ind_35_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/ind_36_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/ind_37_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/ind_38_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_39_-_2023_000073.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_40_-_2023_000074.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/ind_41_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/ind_42_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/ind_43_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/ind_44_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/ind_45_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/ind_46_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/ind_47_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/ind_48_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_49_-_2023_000075.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_50_-_2023_000076.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_51_-_2023_000077.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_52_-_2023_000078.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_53_-_2023_000079.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_54_-_2023_000080.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_55_-_2023_000081.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_56_-_2023_000082.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/ind_57_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/ind_58_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/ind_59_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_60_-_2023_000083.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_61_-_2023_000084.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/ind_62_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_63_-_2023_000086.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_64_-_2023_000087.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_65_-_2023_000088.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_66_-_2023_000089.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_67_-_2023_000090.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_68_-_2023_000091.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/ind_69_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/ind_70_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/ind_71_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/ind_72_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/ind_73_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_74_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_75_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_76_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_77_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_78_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/ind_79_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/ind_80_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/ind_81_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/ind_82_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/ind_83_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/ind_84_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_85_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/ind_86_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_87_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/ind_88_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/ind_89_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/ind_90_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_91_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/ind_92_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/ind_93_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/ind_94_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/ind_95_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/ind_96_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_97_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/ind_98_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/ind_99_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/ind_100_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/ind_101_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/ind_102_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/ind_103__2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/ind_104_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/ind_105__2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_106__2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/ind_107_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/ind_108_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/ind_109__2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/ind_110_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/ind_111_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/ind_112_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/ind_113_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/ind_114_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/ind_115_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/ind_116_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_117_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/ind_118_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_119_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_120_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/ind_121_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/ind_122_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/ind_123_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/ind_124_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/ind_125_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/ind_126_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/ind_127_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/ind_128_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/ind_129_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/ind_130_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/ind_131_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/ind_132_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/ind_133_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/ind_134_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/ind_135_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/ind_136_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_137_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/ind_138_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/ind_139_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/ind_141_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/ind_142_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/ind_143_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/ind_144_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/ind_145_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/ind_146_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/ind_147_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/ind_148_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/ind_149_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/ind_150_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/ind_151_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/ind_152_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/ind_153_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_154_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/ind_155_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/ind_156_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/ind_157_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_158_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/ind_159_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/ind_160_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/ind_161_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/ind_162_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/ind_163_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/ind_164_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/ind_165_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_166_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_167_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/ind_168_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/ind_169_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/ind_170_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/ind_171_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/ind_172_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/ind_173_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/ind_174_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/ind_175_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/ind_176_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/ind_177_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/ind_178_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/ind_179_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/ind_180_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_181_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ind_182_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/ind_183_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/ind_184_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/ind_185_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/ind_186_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/ind_187_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/ind_188_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/ind_189_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/ind_190_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/ind_191_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/ind_192_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/ind_193_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/ind_194_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/ind_195_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/ind_196_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2832/ind_197_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/ind_198_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/ind_199_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/ind_200_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/ind_201_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/ind_202_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/ind_203_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/ind_204_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/ind_205_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/ind_206_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/ind_207_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/ind_208_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/ind_209_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/ind_210_2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/ind_211_2023_000201.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/ind_212_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/ind_213_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/ind_214_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/ind_215_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/ind_216_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/ind_217_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/ind_218_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/ind_219_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2880/ind_220_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/ind_221_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/ind_222_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/ind_223_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/ind_224_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/ind_225_2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/moc_01_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/moc_02_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/mocao_03_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mocao_04_2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/mocao_05_2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/moc_06_2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/moc_07_2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/moc_08_2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/moc_09_2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/moc_10_2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/mocao_11_-_2023_000071.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/moc_12_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/moc_13_2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/moc_14_2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/moc_15_2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/moc_17_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/moc_17_2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/moc_18_2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/moc_19_2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/moc_20_2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/moc_21_2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/moc_22_2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/moc_23_2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/moc_24_2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/moc_25_2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/moc_26_2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/moc_27_2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/moc_28_2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/moc_29_2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/moc_30_2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/moc_31_2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/moc_32_2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/moc_33_2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/moc_34_2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/moc_35_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/moc_36_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/moc_37_2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/moc_38_2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/moc_39_2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/moc_40_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/moc__41_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/moc_42_2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/moc_43_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/moc_44_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/moc_45_2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/moc_46_2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/moc_47_2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/moc_48_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/moc_49_2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/moc_50_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/moc_51_2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/moc_52_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/moc_53_2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/moc_54_2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/moc_55_2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/moc_56_2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/moc_57_2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/moc_58_2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/moc_59_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/moc_60_2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/moc_61_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/moc_62_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/plc_02_2023_substituicao_000209.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/plc__03_2023_000623.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/plc_04_2023_000818.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/plc_05_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/plc_06_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/plc_07_2023_000043.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/substitutivo__plc_cm_01_2023_000748.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/plc_cm_02_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/plc_cm_03_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/plc_cm_04_2023_000100.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/plc_cm_05_2023_2_subst_000162.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/plo_01_2023_000198.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/pl_02_2023_000021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/pl_03_2023_000026.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/pl_04_2023_000030.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/plo_05_2023_000031.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_06_2023_000036.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/pl_07_2023_000046.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/pl_08_2023_000049.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/pl_09_2023_000052.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/pl_10_2023_000055.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/pl_11_2023_000058.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/pl_12_2023_000061.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/pl_13_2023_000063.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/pl_16_2023_000066.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/pl_17_2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/pl_18_2023_000072.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/pl_19_2023_000077.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_21_2023_000096.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pl_22_2023_000080.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/pl_23_2023_000136.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/pl_24_2023_000138.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/pl_25_2023_000140.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/proj_lei_26__000012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/proj_lei_27__000015.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/plo_28_2023_000166.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/plo_292023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/plo_30_2023_000192.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/plo_31-2023_000071.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/pl_32_2023_000204.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/pl_33_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/pl_34_2023_000263.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/pl_35_2023_000716.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/pl_36_2023_000296.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/pl_37_2023_000331.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/pl_38_2023_000417.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/pl_39_2023_000497.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/pl_41_2023_000495.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/pl_42_2023_000519.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/pl_43_2023_substituido_000522.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/pl_44_2023_000622.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/pl_45_2023_000627.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/pl_46_2023_000626.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/pl_47_2023_000714.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/pl_48_2023_000767.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/pl_49_2023_000821.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/pl_50_2023_000822.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/pl_51_2023_000823.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/substitutivo_pl_52_e_53_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/substitutivo_pl_52_e_53_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_54_2023_000213.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/pl_55_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/pl_57_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_58_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_59_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/pl_60_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/pl_61_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_62_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/pl_63_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_64_2023_000212.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/pl_65_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/pl_66_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/pl_67_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/pl_68_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/pl_69_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/pl_70_2023_000083.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/pl_71_2023_000214.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/pl_72_2023_000163.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/pl_73_2023_000164.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/pl_74_2023_000191.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/pl_75_2023_000215.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/pl_76_2023_000193.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2830/pl_77_2023_000195.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/pl_78_2025_002738.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/pl_79_2023_000205.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/pl_80_2023_000210.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/subst._pl_81_2023_000238.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/pl_82_2023_000217.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/pl_83_2023_000240.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/pl_84_2023_000237.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/pl_85_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/pl_86_2023_000259.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/pl_87_2023_000262.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/pl_88_2023_000263.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/pl_cm_01_2023_000019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/pl_cm_02_2023_000020_sub_01.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/pl_cm_03_2023_000196.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/pl_cm_04_16_01_2023_000024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_cm_05_2023_000075.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/scan27032023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/pl_cm_08_2023_000631.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_cm_09_2023_000620.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/pl_cm_10_2023_000820.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_cm_11_2023_000817.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/pl_cm_12_2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_cm_13_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_cm_14_2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_cm_15_2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/pl_cm_16_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/pl_cm_17_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/pl_cm_18__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/pl_cm_19_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/pl_cm_20__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_cm_21__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_cm_22__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/pl_cm_23_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/pl_cm_24_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_cm_25_2023_00011.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/pl_cm_26_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/pl_cm_27_2023_000070.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/pl_cm_28_2023_000110.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/pl_cm_29_2023_000097.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/pl_cm_30_2023._000112.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/pr_cm_01_2023_000195.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/p_res_cm_02_2023_000624.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/pr_cm_03_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/pr_cm__04_2023_000032.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/pr_cm_05_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/pr_cm_06_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/pr_cm_07_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/pr_cm_08_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/pr_cm_09_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/pr_cm_10_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/pr_cm_11_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/pr_12_2023_000069.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/substitutivo_pr_cm_13_2023_000170.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pelom_cm_01_2023_000239.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/proposta_emenda_lo_munic_cm_02_2023_000390.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/req_01_2023_000203.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/req_02_2023_000202.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/req_03_2023_000004.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/req_04__2023_000155.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/req_05__2023_000157.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/requerimento_04_-_2023_000072.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/req_07_2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/req_08_2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/req_09_2023_000492.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/req_10_2023_000493.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/req_11_2023_000494.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/req_12_2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/req_13_2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/req_17_2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/req_18_2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/ind_174_2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/req_20_2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/req_21_2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/req_22_2023_000171.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2333/ind_01_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2334/ind_02_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2335/ind_03_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2336/ind_04__2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2337/ind_05_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2338/ind_06_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2356/ind_07_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2357/ind_08_20232.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2358/ind_09_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2339/ind_10_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2340/ind_11_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2341/ind_12_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2359/ind_13_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2360/ind_14_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2361/ind_15_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2362/ind_16_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2363/ind_17_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2364/ind_18_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2365/ind_19_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2366/ind_20_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2367/ind_21_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2387/ind_22_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2388/ind_23_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2409/ind_24_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2410/ind_25_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2411/ind_26_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2389/ind_27_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2390/ind_28_20232.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2391/ind_29_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2392/ind_30_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2393/ind_31_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2394/ind_32_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2395/ind_33_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2396/ind_34_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2397/ind_35_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2398/ind_36_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2399/ind_37_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2400/ind_38_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2431/indicacao_39_-_2023_000073.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2432/indicacao_40_-_2023_000074.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2412/ind_41_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2413/ind_42_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2414/ind_43_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2415/ind_44_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2416/ind_45_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2417/ind_46_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2418/ind_47_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2419/ind_48_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2433/indicacao_49_-_2023_000075.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2434/indicacao_50_-_2023_000076.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2435/indicacao_51_-_2023_000077.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2436/indicacao_52_-_2023_000078.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2437/indicacao_53_-_2023_000079.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2438/indicacao_54_-_2023_000080.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2439/indicacao_55_-_2023_000081.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2440/indicacao_56_-_2023_000082.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2480/ind_57_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2481/ind_58_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2482/ind_59_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2441/indicacao_60_-_2023_000083.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2442/indicacao_61_-_2023_000084.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2443/ind_62_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2444/indicacao_63_-_2023_000086.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2445/indicacao_64_-_2023_000087.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2446/indicacao_65_-_2023_000088.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2447/indicacao_66_-_2023_000089.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2448/indicacao_67_-_2023_000090.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2449/indicacao_68_-_2023_000091.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2456/ind_69_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2457/ind_70_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2458/ind_71_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2459/ind_72_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2460/ind_73_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2461/ind_74_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2462/ind_75_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2483/ind_76_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2484/ind_77_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2485/ind_78_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2486/ind_79_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2487/ind_80_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2488/ind_81_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2489/ind_82_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2490/ind_83_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2491/ind_84_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2492/ind_85_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2493/ind_86_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2503/ind_87_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2504/ind_88_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2505/ind_89_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2506/ind_90_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2507/ind_91_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2508/ind_92_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2509/ind_93_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2510/ind_94_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2511/ind_95_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2538/ind_96_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2539/ind_97_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2540/ind_98_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2541/ind_99_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2542/ind_100_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2543/ind_101_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2544/ind_102_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2559/ind_103__2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2560/ind_104_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2561/ind_105__2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2562/ind_106__2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2563/ind_107_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2583/ind_108_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2564/ind_109__2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2565/ind_110_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2566/ind_111_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2567/ind_112_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2568/ind_113_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2569/ind_114_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2576/ind_115_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2584/ind_116_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2585/ind_117_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2586/ind_118_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2587/ind_119_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2588/ind_120_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2589/ind_121_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2590/ind_122_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2591/ind_123_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2592/ind_124_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2593/ind_125_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2594/ind_126_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2595/ind_127_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2615/ind_128_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2616/ind_129_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2617/ind_130_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2618/ind_131_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2642/ind_132_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2619/ind_133_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2620/ind_134_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2621/ind_135_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2643/ind_136_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2644/ind_137_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2645/ind_138_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2646/ind_139_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2647/ind_141_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2648/ind_142_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2672/ind_143_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2673/ind_144_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2674/ind_145_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2675/ind_146_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2676/ind_147_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2677/ind_148_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2678/ind_149_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2679/ind_150_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2680/ind_151_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2691/ind_152_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2692/ind_153_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2708/ind_154_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2709/ind_155_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2710/ind_156_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2707/ind_157_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2711/ind_158_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2712/ind_159_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2713/ind_160_2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2714/ind_161_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2715/ind_162_2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2716/ind_163_2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2730/ind_164_2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2731/ind_165_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2717/ind_166_2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2824/ind_167_2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2732/ind_168_2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2733/ind_169_2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2734/ind_170_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2735/ind_171_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2736/ind_172_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2737/ind_173_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2738/ind_174_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2758/ind_175_2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2759/ind_176_2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2760/ind_177_2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2761/ind_178_2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2762/ind_179_2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2763/ind_180_2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2764/ind_181_2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2765/ind_182_2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2766/ind_183_2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2767/ind_184_2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2768/ind_185_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2769/ind_186_2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2770/ind_187_2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2788/ind_188_2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2789/ind_189_2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2790/ind_190_2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2791/ind_191_2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2792/ind_192_2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2816/ind_193_2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2817/ind_194_2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2818/ind_195_2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2819/ind_196_2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2832/ind_197_2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2833/ind_198_2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2834/ind_199_2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2835/ind_200_2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2836/ind_201_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2837/ind_202_2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2838/ind_203_2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2839/ind_204_2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2840/ind_205_2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2841/ind_206_2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2842/ind_207_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2843/ind_208_2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2844/ind_209_2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2845/ind_210_2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2846/ind_211_2023_000201.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2853/ind_212_2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2854/ind_213_2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2855/ind_214_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2856/ind_215_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2857/ind_216_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2877/ind_217_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2878/ind_218_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2879/ind_219_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2880/ind_220_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2881/ind_221_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2882/ind_222_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2883/ind_223_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2884/ind_224_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2885/ind_225_2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2351/moc_01_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2352/moc_02_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2342/mocao_03_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2343/mocao_04_2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2344/mocao_05_2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2353/moc_06_2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2354/moc_07_2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2355/moc_08_2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2385/moc_09_2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2386/moc_10_2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2451/mocao_11_-_2023_000071.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2463/moc_12_2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2464/moc_13_2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2496/moc_14_2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2497/moc_15_2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2498/moc_17_2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2499/moc_17_2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2501/moc_18_2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2502/moc_19_2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2536/moc_20_2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2537/moc_21_2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2572/moc_22_2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2573/moc_23_2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2574/moc_24_2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2596/moc_25_2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2597/moc_26_2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2598/moc_27_2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2599/moc_28_2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2600/moc_29_2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2622/moc_30_2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2623/moc_31_2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2624/moc_32_2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2649/moc_33_2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2650/moc_34_2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2681/moc_35_2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2682/moc_36_2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2683/moc_37_2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2718/moc_38_2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2719/moc_39_2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2726/moc_40_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2720/moc__41_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2727/moc_42_2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2728/moc_43_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2729/moc_44_2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2756/moc_45_2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2757/moc_46_2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2783/moc_47_2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2784/moc_48_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2785/moc_49_2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2786/moc_50_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2787/moc_51_2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2820/moc_52_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2821/moc_53_2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2822/moc_54_2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2823/moc_55_2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2858/moc_56_2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2859/moc_57_2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2860/moc_58_2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2861/moc_59_2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2862/moc_60_2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2875/moc_61_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2876/moc_62_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2453/plc_02_2023_substituicao_000209.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2578/plc__03_2023_000623.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2633/plc_04_2023_000818.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2671/plc_05_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2725/plc_06_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2754/plc_07_2023_000043.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2614/substitutivo__plc_cm_01_2023_000748.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2641/plc_cm_02_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2723/plc_cm_03_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2809/plc_cm_04_2023_000100.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2813/plc_cm_05_2023_2_subst_000162.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2330/plo_01_2023_000198.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2347/pl_02_2023_000021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2348/pl_03_2023_000026.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2349/pl_04_2023_000030.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2369/plo_05_2023_000031.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2370/pl_06_2023_000036.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2371/pl_07_2023_000046.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2373/pl_08_2023_000049.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2374/pl_09_2023_000052.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2375/pl_10_2023_000055.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2376/pl_11_2023_000058.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2377/pl_12_2023_000061.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2378/pl_13_2023_000063.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2379/pl_16_2023_000066.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2380/pl_17_2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2381/pl_18_2023_000072.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2382/pl_19_2023_000077.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2384/pl_21_2023_000096.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2383/pl_22_2023_000080.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2401/pl_23_2023_000136.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2402/pl_24_2023_000138.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2403/pl_25_2023_000140.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2404/proj_lei_26__000012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2405/proj_lei_27__000015.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2420/plo_28_2023_000166.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2427/plo_292023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2428/plo_30_2023_000192.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2430/plo_31-2023_000071.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2454/pl_32_2023_000204.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2455/pl_33_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2465/pl_34_2023_000263.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2477/pl_35_2023_000716.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2478/pl_36_2023_000296.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2479/pl_37_2023_000331.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2512/pl_38_2023_000417.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2546/pl_39_2023_000497.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2545/pl_41_2023_000495.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2547/pl_42_2023_000519.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2549/pl_43_2023_substituido_000522.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2577/pl_44_2023_000622.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2581/pl_45_2023_000627.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2580/pl_46_2023_000626.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2603/pl_47_2023_000714.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2625/pl_48_2023_000767.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2635/pl_49_2023_000821.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2636/pl_50_2023_000822.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2637/pl_51_2023_000823.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2684/substitutivo_pl_52_e_53_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2695/substitutivo_pl_52_e_53_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2696/pl_54_2023_000213.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2706/pl_55_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2699/pl_57_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2701/pl_58_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2702/pl_59_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2703/pl_60_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2704/pl_61_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2705/pl_62_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2722/pl_63_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2724/pl_64_2023_000212.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2742/pl_65_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2741/pl_66_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2740/pl_67_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2748/pl_68_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2752/pl_69_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2793/pl_70_2023_000083.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2850/pl_71_2023_000214.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2826/pl_72_2023_000163.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2825/pl_73_2023_000164.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2827/pl_74_2023_000191.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2851/pl_75_2023_000215.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2829/pl_76_2023_000193.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2830/pl_77_2023_000195.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2831/pl_78_2025_002738.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2847/pl_79_2023_000205.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2849/pl_80_2023_000210.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2848/subst._pl_81_2023_000238.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2852/pl_82_2023_000217.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2865/pl_83_2023_000240.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2864/pl_84_2023_000237.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2863/pl_85_2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2866/pl_86_2023_000259.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2867/pl_87_2023_000262.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2868/pl_88_2023_000263.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2346/pl_cm_01_2023_000019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2345/pl_cm_02_2023_000020_sub_01.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2329/pl_cm_03_2023_000196.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2368/pl_cm_04_16_01_2023_000024.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2372/pl_cm_05_2023_000075.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2452/scan27032023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2582/pl_cm_08_2023_000631.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2575/pl_cm_09_2023_000620.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2634/pl_cm_10_2023_000820.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2632/pl_cm_11_2023_000817.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2628/pl_cm_12_2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2629/pl_cm_13_2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2630/pl_cm_14_2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2631/pl_cm_15_2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2639/pl_cm_16_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2640/pl_cm_17_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2685/pl_cm_18__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2686/pl_cm_19_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2687/pl_cm_20__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2688/pl_cm_21__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2689/pl_cm_22__2023_0001.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2690/pl_cm_23_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2698/pl_cm_24_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2697/pl_cm_25_2023_00011.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2751/pl_cm_26_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2782/pl_cm_27_2023_000070.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2810/pl_cm_28_2023_000110.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2811/pl_cm_29_2023_000097.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2812/pl_cm_30_2023._000112.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2429/pr_cm_01_2023_000195.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2579/p_res_cm_02_2023_000624.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2721/pr_cm_03_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2753/pr_cm__04_2023_000032.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2745/pr_cm_05_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2747/pr_cm_06_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2746/pr_cm_07_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2744/pr_cm_08_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2743/pr_cm_09_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2750/pr_cm_10_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2749/pr_cm_11_2023_0001.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2781/pr_12_2023_000069.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2814/substitutivo_pr_cm_13_2023_000170.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2406/pelom_cm_01_2023_000239.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2500/proposta_emenda_lo_munic_cm_02_2023_000390.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2331/req_01_2023_000203.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2332/req_02_2023_000202.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2350/req_03_2023_000004.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2407/req_04__2023_000155.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2408/req_05__2023_000157.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2450/requerimento_04_-_2023_000072.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2494/req_07_2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2495/req_08_2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2533/req_09_2023_000492.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2534/req_10_2023_000493.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2535/req_11_2023_000494.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2570/req_12_2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2571/req_13_2023.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2694/req_17_2023.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2693/req_18_2023.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2739/ind_174_2023.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2755/req_20_2023.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2815/req_21_2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2023/2828/req_22_2023_000171.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H445"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="175.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="119.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="118.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>