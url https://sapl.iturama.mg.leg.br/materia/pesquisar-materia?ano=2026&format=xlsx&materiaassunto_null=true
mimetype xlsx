--- v0 (2026-02-01)
+++ v1 (2026-03-29)
@@ -10,485 +10,1423 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1000" uniqueCount="451">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ana Lúcia, Sinomar Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3885/indicacao_01_2026_003773.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3885/indicacao_01_2026_003773.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que esta subscrevem, ouvido o Plenário, apresentam a Vossa Excelência a REITERAÇÃO da indicação CM 09/2025, solicitando ao Sr._x000D_
 Prefeito Municipal, que faça CONSTRUÇÃO DE UM NOVO E MODERNO TERMINAL RODOVIÁRIO. Visando atender a demanda por melhorias nos_x000D_
 serviços prestados aos passageiros rodoviários e prezar pela eficiência dos recursos públicos.</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Ana Lúcia</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3886/indicacao_02_2026_003774.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3886/indicacao_02_2026_003774.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 15/25, solicitando ao Sr. Prefeito Municipal, a revitalização da Praça Padre João Valim - Santuário, qual seja, incluir limpeza, pintura de guias, manutenção e reforma de calçadas, de brinquedos, de aparelhos de academias, bancos, troca de lâmpadas e lixeiras, entre outros.</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3887/indicacao_03_2026_003775.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3887/indicacao_03_2026_003775.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 14/25, solicitando ao Sr. Prefeito Municipal, para que seja providenciada a implantação do transporte coletivo, com itinerário em todos os bairros de nossa cidade, três vezes ao dia. O crescimento acentuado do meio urbano de nossa cidade gerou dificuldades para locomoção da população, devido a distância dos bairros a determinados lugares, como por exemplo, universitários que frequentam as faculdades FAMA e UFTM, trabalhadores distantes do local de trabalho e demais dificuldades impostas pela distância.</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3888/indicacao_04_2026_003776.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3888/indicacao_04_2026_003776.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 10/25, solicitando ao Sr. Prefeito Municipal, que seja providenciada a Implantação de uma UBS MAIS MULHER,  que irá atender as necessidades crescentes da saúde feminina. Esse espaço deverá oferecer serviços especializados  à saúde das mulheres, em todos os ciclos de vida, da puberdade à menopausa, tais como acompanhamento de gravidez até o tratamento de possíveis complicações que possa surgir, ter equipe multidisciplinar, equipamentos específicos, com rigoroso controle de qualidade, visando suprir  as necessidades que impactam  na saúde e na vida das mulheres.</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3889/indicacao_05_2026_003777.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3889/indicacao_05_2026_003777.pdf</t>
   </si>
   <si>
     <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 74/25, solicitando ao Sr. Prefeito Municipal, que seja feita a reforma geral da Vila Olímpica, tanto na parte construída, como na parte aberta, realizando urna manutenção na piscina, campos de futebol, sistema elétrico e hidráulico, portão de entrada, escadas, telhados, ventiladores, ar condicionado, banheiros, lâmpadas, telhado, pintura nos cômodos existentes, aquisição de mesas, cadeiras e adequações de acessibilidade.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Jeder Viana</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3890/indicacao_06_2026_003782.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3890/indicacao_06_2026_003782.pdf</t>
   </si>
   <si>
     <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação CM 18/25, solicitando ao Sr. Prefeito Municipal, a doação de kit escolar aos alunos da rede municipal anualmente, devendo ser composto pelos seguintes itens: três camisetas, 03 shorts0, 1 par de  tênis, 02 agasalhos, 01 mochila contendo materiais diversos, tais como: cadernos, lápis preto, lápis de cor, giz de cera, régua, apontador e borracha, bem como,  a  doação de camisetas para os alunos da rede Estadual do nosso município. Comprar também para as salas de aulas, cadeiras e carteiras escolares para repor onde necessitar.</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Amaral da Associação</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3891/indicacao_07_2026_003778.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3891/indicacao_07_2026_003778.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, indica-se a concessão de 13º salário e ticket de alimentação aos integrantes da Banda Municipal, em reconhecimento à relevância cultural, educativa e social dos serviços por eles prestados à comunidade.</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3892/indicacao_08_2026_003779.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3892/indicacao_08_2026_003779.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, indica-se ao Prefeito Municipal a abertura da Rua Suburbana, bem como a realização de limpeza e desobstrução do Córrego do Quati, no trecho compreendido entre a Avenida Alexandrita e a Avenida Rio Grande, neste município.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ronaldo Karfrios</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3893/indicacao_09_2026_003780.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3893/indicacao_09_2026_003780.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que sejam adotadas providências urgentes para realização de serviços de recapeamento asfáltico ou, alternativamente, operação tapa-buracos na Avenida Santa Rosa, no município de Iturama/MG.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3894/indicacao_10_2026_003781.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3894/indicacao_10_2026_003781.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que sejam adotadas providências urgentes para a execução de serviços de recapeamento asfáltico ou operação tapa-buracos na Avenida Dom Pedro II, no município de Iturama/MG.</t>
   </si>
   <si>
+    <t>3933</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Fabricio Massa Bruta</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3933/indicacao_11_2026_004036.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o plenário, requer a Vossa Excelência, a criação de estacionamento em formato diagonal ao longo da Avenida Juscelino Kubitschek, do início da frente do número 1337 (Loja SKY) até o número 1511 (Loja SPAZIO), do lado da via que se encontra sem casas, lado em que está a rodoviária.</t>
+  </si>
+  <si>
+    <t>3934</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3934/indicacao_12_2026_004037.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito, que faça a instalação de lâmpadas nos postes da Av. Santa Rosa, na altura do Bairro Alcides Veríssimo.</t>
+  </si>
+  <si>
+    <t>3935</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3935/indicacao_13_2026_004038.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a instalação de poste de luz na Av. Lua no último quarteirão do Bairro Amazonas.</t>
+  </si>
+  <si>
+    <t>3936</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3936/indicacao_14_2026.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 146/2025, solicitando ao Sr. Prefeito Municipal, um local para ser feito um estacionamento atrás do postinho São Miguel.</t>
+  </si>
+  <si>
+    <t>3937</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3937/indicacao_15_2026_004040.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 56/2025, solicitando ao Sr. Prefeito_x000D_
+Municipal, para ser feito, sarjetas/valetas nas ruas, ora mencionadas, Rua Primeiro de janeiro com a Av. Santa rosa; Rua Primeiro de janeiro com a Av. José Bonifácio; Rua Itapagipe com a Av. Campina Verde (na igreja da missão); Av. Duque de Caxias com a Rua Corredor boiadeiro (próximo aoson); Rua Itapagipe com a Av. Campina Verde; Av. Campina Verde com a Rua Armando Fratari; Av. Seis irmãos com a Rua Itapagipe; Av. Seis Irmãos com a Rua Armando Fratari; Av. Alencastro com a Rua Itapagipe; Av. Belo Horizonte com a Rua Itapagipe; Av. Dom Pedro II com a Rua Sete de Setembro; Av. Dom Pedro II com a Rua 25 de Março; Av. Dom Pedro II com a Rua Corredor boiadeiro (faixa elevada); Rua Primeiro de janeiro, ligando a Escola Joao Ribeiro com a praça, todas no Bairro São Miguel.</t>
+  </si>
+  <si>
+    <t>3955</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 20/2025, solicitando ao Sr. Prefeito Municipal, a criação de escolinhas de futebol em todos os bairros de Iturama e Alexandrita.</t>
+  </si>
+  <si>
+    <t>3956</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3956/indicacao_17_2026_004309.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 19/2025, solicitando ao Sr. Prefeito Municipal, a perfuração de um poço artesiano com instalação de caixa d'água e refrigerador no Bairro Amazonas.</t>
+  </si>
+  <si>
+    <t>3957</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3957/indicacao_18_2026_004330.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 16/2025, solicitando ao Sr. Prefeito Municipal, a instalação de postes e sistema de iluminação pública na marginal Braz Alves de Freitas, prioritariamente entre a Av. Campina Verde e o Cristo Redentor, que fica localizado na Av. Prefeito Juca Pádua na cidade de Iturama-MG.</t>
+  </si>
+  <si>
+    <t>3938</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3938/indicacao_19_2026_004041.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 79/2025, no sentido de solicitar ao Sr. Prefeito Municipal, a reforma geral do anfiteatro ALDARIZA MACHADO DE FREITAS, situado na Vila Olímpica, de nossa cidade, realizando revisão no sistema elétrico e hidráulico, manutenção do telhado, ventiladores, ar condicionado, banheiros, troca de lâmpadas, pintura de paredes, adequações de acessibilidade, pisos, aquisição e reforma de cadeiras e mobiliário em geral,etc. A referida indicação se faz necessária, com urgência, pois o local utilizado para a realização de palestras, convenções, formaturas, bem como eventos culturais e todos os acontecimentos que venham de encontro ao desenvolvimento, social, cultural e educacional do município.</t>
+  </si>
+  <si>
+    <t>3939</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3939/indicacao_20_2026_004042.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 141/2025, no sentido de solicitar ao Sr. Prefeito Municipal, recursos financeiros para a disponibilização e/ou viabilização de espaço físico para a implantação e manutenção do Centro de Especialidades Odontológicas — CEO.</t>
+  </si>
+  <si>
+    <t>3940</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3940/indicacao_21_2026_004043.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 75/2025, no sentido de solicitar ao Sr. Prefeito Municipal, para ser providenciada a construção de uma praça pública com área de lazer, parque infantil e academia ao ar livre, no Bairro Itália, de nossa cidade.</t>
+  </si>
+  <si>
+    <t>3941</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3941/indicacao_22_2026_004044.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 220/2025, no sentido de solicitar ao Sr._x000D_
+Prefeito Municipal, a construção de um Centro Municipal de Educação Infantil - CEMEI ou uma Creche no Bairro Villagio, para atender principalmente aquelas crianças cujos pais e mães precisam deixar os filhos sozinhos e/ou em companhia de outras pessoas para trabalharem.</t>
+  </si>
+  <si>
+    <t>3942</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3942/indicacao_23_2026_004045.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 219/2025, no sentido de solicitar ao Sr._x000D_
+Prefeito Municipal, a construção de uma UBS — Unidade Básica de Saúde, no Bairro Villágio de nossa cidade, visa facilitar o acesso da população local a serviços de saúde de qualidade, atendendo assim à demanda daquela região e evitando que os moradores tenham que procurar outras UBS distantes.</t>
+  </si>
+  <si>
+    <t>3958</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Adebaldo Borges de Freitas, Amaral da Associação, Ana Lúcia, Dr. Cristian, Fabricio Massa Bruta, Jeder Viana, Márcio da Auto Escola, Pedrinho Garcia, Ricardo Baiano, Ricardo Soler, Ronaldo Karfrios, Ronei Mosquito, Sinomar Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3958/indicacao_24_2026_004310.pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores que esta subscrevem, ouvido o Plenário, apresentam a Vossa  Excelência a REITERAÇÃO da indicação 238/2025, solicitando ao Sr. Prefeito  Municipal, para que determine a Secretaria competente a adoção das seguintes medidas:  realização da pintura de "PARE" e faixas de pedestres em todas as vias asfaltadas da  cidade; instalação de placas de trânsito em pontos estratégicos, visando orientar e organizar  o fluxo de veículos e pedestres; implantação de redutores de velocidade (lombadas e/ou  eletrônicos) em locais com maior movimento e registro de acidentes.</t>
+  </si>
+  <si>
+    <t>3959</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3959/indicacao_25_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que sejam  adotadas as providencias necessárias para a construção de um estacionamento  destinado à atender aos feirantes e a população que frequenta o local, no espaço que  atualmente é ocupado por um terreno baldio, localizado à Rua C de esquina com a  rua do último pavilhão da feira livre (ao lado dos banheiros), no bairro Tiradentes, o  qual vem acumulando lixo e causando transtornos à população.</t>
+  </si>
+  <si>
+    <t>3960</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3960/indicacao_26_2026_004331.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, determinar ao  setor competente que seja feito um estudo técnico para verificar a possibilidade de  implantação do programa "Cozinha Solidária" do Governo Federal. Uma vez que o  vereador Massa Bruta visitou o Restaurante Popular de Uberaba e conheceu as  instalações e gestão.</t>
+  </si>
+  <si>
+    <t>3961</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3961/indicacao_27_2026_004312.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a REITERAÇÃO da indicação 147/25, solicitando ao Sr. Prefeito Municipal, que seja feito um estacionamento público na Av. Campina Verde, esquina com a Rua Primeiro de Janeiro, no Bairro São Miguel.</t>
+  </si>
+  <si>
+    <t>3962</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3962/indicacao_28_2026_004313.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a REITERAÇÃO da indicação 148/25, solicitando ao Sr. Prefeito  Municipal, que seja implantado em todas as Unidades de Saúde do Município, 02  (duas) cadeiras específicas para gestantes, idosos e acompanhantes de crianças com  necessidades especiais.</t>
+  </si>
+  <si>
+    <t>3963</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3963/indicacao_29_2026.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a REITERAÇÃO da indicação 188/2025, solicitando ao Sr. Prefeito  Municipal, que seja construído um redutor de velocidade ou quebra molas ou  sarjetão, na Rua B, bairro Tiradentes, na altura da AABB - Associação Atlética do Banco do Brasil.</t>
+  </si>
+  <si>
+    <t>3964</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3964/indicacao_30_2026_004315.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a REITERAÇÃO da indicação 177/2025, solicitando ao Sr. Prefeito  Municipal, para que seja colocado mais postes de iluminação, na parte interna do Cemitério Municipal. É uma medida essencial para proporcionar melhores condições  de acesso, segurança e dignidade à população que frequenta o local, contribuindo  para evitar crimes e vandalismo. Em circunstâncias especiais, quando se fizer  necessário, permitir o sepultamento um pouco mais tarde da hora regulamentada.</t>
+  </si>
+  <si>
+    <t>3965</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3965/indicacao_31_2026_004316.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a construção_x000D_
+de uma praça pública com área de lazer, Parque Infantil e Academia ao Ar Livre, no Bairro Dr. Diógenes de Souza.</t>
+  </si>
+  <si>
+    <t>3966</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3966/indicacao_32_2026_004317.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja  implantado o exame de audiometria para os alunos das escolas municipais, de nossa  cidade. A realização desse exame é muito importante, pois possibilita avaliar a  audição da criança e detectar possíveis alterações auditivas, permitindo obter as  orientações médicas preventivas e/ou de tratamentos mais adequados.</t>
+  </si>
+  <si>
+    <t>3975</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3975/indicacao_33_2026_004318.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja_x000D_
+providenciada a aquisição e instalação de semáforos com placas indicativas, constando nome da respectiva rua ou avenida, conforme fotos anexas. Tais_x000D_
+semáfaros devem ser instalados nos pontos estratégicos da cidade, visando melhorar a segurança e o fluxo de tráfego, e ainda mostrar aos motoristas e pedestres a denominação da via pública.</t>
+  </si>
+  <si>
+    <t>3976</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>Pedrinho Garcia</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3976/indicacao_34_2026_004319.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, construção de  uma praça pública na área verde pertencente à Prefeitura, localizada no bairro Dahma 1.</t>
+  </si>
+  <si>
+    <t>3977</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3977/indicacao_35_2026_004332.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, apoio_x000D_
+institucional necessário à realização do Festival Food Truck &amp; Morango, da empresa SV Eventos, inscrita no CNPJ: 63.696.387/0001-82, que se trata de evento turístico itinerante gastronômico e cultural, que refine foodtrucks do Brasil, espaço kids e atrações musicais, promovendo lazer, cultura e fortalecimento da economia local.</t>
+  </si>
+  <si>
+    <t>3978</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3978/indicacao_36_2026_004320.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a realização_x000D_
+de estudo técnico para a revitalização do Campo de Futebol de Alexandrita, no Distrito de Alexandrita.</t>
+  </si>
+  <si>
+    <t>3994</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>Dr. Cristian</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3994/indicacao_37_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, para que, por meio da Secretaria Municipal de Saúde, sejam adotadas as providências necessárias visando a disponibilização de profissional psicólogo para atendimento no Hospital Municipal Delfina Alves Barbosa, bem como a formalização de parceria corn a Faculdade FAMA, com o objetivo de viabilizar estágios supervisionados de estudantes de Psicologia no referido hospital.</t>
+  </si>
+  <si>
+    <t>3995</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3995/indicacao_38_2026.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a REITERAÇÃO da indicação 184/2025, solicitando ao Sr. Prefeito  Municipal, que faça a limpeza dos terrenos, localizados no Bairro Vera Lucia 1 e 2, pois os terrenos encontram-se com matas altas e sem iluminação.</t>
+  </si>
+  <si>
+    <t>3996</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3996/indicacao_39_2026.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a REITERAÇÃO da indicação 254/2025, solicitando ao Sr. Prefeito  Municipal, que faça a pintura das imagens Católicas ( Nossa Sra. Aparecida, Santa  Rita de Cassia, Nossa Sra. de Fatima e Santa Rosa de Lima)</t>
+  </si>
+  <si>
+    <t>3997</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3997/indicacao_40_2026.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa  Excelência a REITERAÇÃO da indicação 68/2025, solicitando ao Sr. Prefeito  Municipal, que faça um estudo de viabilização técnica, para a implantação de pontos de apoio em locais estratégicos, aos trabalhadores da usina e demais empresas,  enquanto aguardam o transporte.</t>
+  </si>
+  <si>
+    <t>3998</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3998/indicacao_41_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a criação de_x000D_
+um programa de Bolsa Atleta Municipal.</t>
+  </si>
+  <si>
+    <t>3999</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3999/indicacao_42_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que_x000D_
+determine à Secretaria Municipal de Saúde a realização de estudo técnico e orçamentário para avaliar a possibilidade de disponibilização do medicamento tirzepatida (Mounjaro), mediante prescrição médica, aos pacientes do município que se enquadrem nos critérios clínicos estabelecidos pelos protocolos oficiais de saúde, especialmente nos casos de diabetes tipo 2 e obesidade com comorbidades.</t>
+  </si>
+  <si>
+    <t>4001</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4001/indicacao_43_2026_004495.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, que seja_x000D_
+encaminhado a esta Casa Legislativa Projeto de Lei que institua o Programa Hortas Urbanas de Iturama, destinado à promoção da agricultura urbana e periurbana no município, mediante o aproveitamento de terrenos públicos municipais ociosos e de terrenos particulares ociosos cedidos voluntariamente por seus proprietários.</t>
+  </si>
+  <si>
+    <t>4000</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4000/indicacao_44_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, apresenta a Vossa Excelência a presente indicação, solicitando ao Sr. Prefeito Municipal, a criação do_x000D_
+programa "Prefeitura no Bairro", com a realização periódica de ações itinerantes em que as secretarias municipais se desloquem até os bairros para realizar atendimentos diretos à população, além de oferecer atividades culturais e recreativas para a comunidade.</t>
+  </si>
+  <si>
+    <t>3930</t>
+  </si>
+  <si>
+    <t>MOC</t>
+  </si>
+  <si>
+    <t>Moção</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3930/mocao_01_2026_004033.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento à Professora Gesyanne Luz Dantas Guimarães, docente da Escola Municipal Maria de Queiroz, pelos relevantes serviços prestados à educação básica e pela dedicação exemplar à formação de crianças e ao fortalecimento do ensino público municipal.</t>
+  </si>
+  <si>
+    <t>3931</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3931/mocao_02_2026_004034.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o plenário, requer a Vossa Excelência que seja dirigida moção de aplauso e reconhecimento à professora Lúcia de Fátima da Silva Bessa, docente da Escola Municipal Maria de Queiroz, pelos relevantes serviços prestados à educação básica e à formação de crianças e adolescentes de nosso município.</t>
+  </si>
+  <si>
+    <t>3932</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3932/mocao_03_2026_004035.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e reconhecimento à professora Fabina Rodrigues Ferreira Lima, integrante da Educação Básica da Escola Municipal Maria de Queiroz, pelos relevantes serviços prestados à educação pública municipal.</t>
+  </si>
+  <si>
+    <t>3951</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3951/mocao_04_2026_004325.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, á. professora Maria Nilza Velozo, da Escola Municipal Maria de Queiroz, pelos relevantes e inestimáveis serviços prestados educação básica do nosso município.</t>
+  </si>
+  <si>
+    <t>3952</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3952/mocao_05_2026_004326.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência  que seja dirigida Moção de aplauso e Reconhecimento, à Professora Rosimeire Ozaki  Urzedo, da Escola Municipal Maria de Queiroz, pelos relevantes serviços prestados à  Educação Básica, em especial à rede pública municipal de ensino.</t>
+  </si>
+  <si>
+    <t>3953</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3953/mocao_06_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência  que seja dirigida Moção de aplauso e Reconhecimento, à Professora Vânia Marquini Alves  Martins, da Escola Municipal Maria de Queiroz, em razão dos relevantes serviços prestados  educação básica do município.</t>
+  </si>
+  <si>
+    <t>3954</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3954/mocao_07_2026_004328.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência que seja dirigida Moção de aplauso e Reconhecimento, A Professora Vera Lúcia Medeiros Alves, da Escola Municipal Maria de Queiroz, pelos relevantes e inestimáveis serviços prestados A Educação Básica do município.</t>
+  </si>
+  <si>
+    <t>3990</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3990/mocao_08_2026.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora que esta subscreve, ouvido o Plenário, requer a Vossa Excelência  que seja dirigida Moção de aplauso e reconhecimento, à Dra Carol Freitas Leal,  Ginecologista e Obstetra , pelo expressivo trabalho que vem desempenhando na área da  saúde municipal com dedicação e excelência no atendimento humanizado as mulheres e famílias de nossa comunidade, agindo sempre com lisura, competência, responsabilidade e  coragem, elevando assim, a qualidade da saúde da mulher no município de Iturama.</t>
+  </si>
+  <si>
+    <t>3991</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3991/mocao_10_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência  que seja dirigida Moção de aplauso e reconhecimento, ao Professor da Educação Básica  Flávio Rogério Lourenço Mendonça, docente da Escola Municipal Maria de Queiroz, em  virtude dos relevantes serviços prestados à educação e a formação dos alunos da rede  municipal de ensino.</t>
+  </si>
+  <si>
+    <t>3993</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3993/mocao_11_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência  que seja dirigida Moção de aplauso e reconhecimento, à Professora da Educação Básica  Lueci Alves Martins, docente da Escola Municipal Maria de Queiroz, em razão dos  relevantes serviços prestados a educação e à formação dos alunos da rede municipal de  ensino.</t>
+  </si>
+  <si>
+    <t>3992</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3992/mocao_12_2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, ouvido o Plenário, requer a Vossa Excelência  que seja dirigida Moção de aplauso e reconhecimento, ao Professor da Educação Básica Rayner Dias Urzedo, pelos relevantes serviços prestados à educação no município,  especialmente no exercício de suas atividades junto à Escola Municipal Maria de Queiroz.</t>
+  </si>
+  <si>
     <t>3906</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Jose Herculano Pereira Dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3906/plc_01_2026_003937.pdf</t>
-[...2 lines deleted...]
-    <t>"Cria o cargo de provimento em comissão de Assessor Especial do Prefeito, altera a Lei Complementar n° 74, de 23 de marco de 2015, altera a Lei Complementar n° 75, de 23 de março de 2015, e dá outras providências."</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3906/plc_01_2026_003937.pdf</t>
+  </si>
+  <si>
+    <t>"Cria o cargo de provimento em comissão de Assessor Especial do Prefeito, altera a Lei Complementar n° 74, de 23 de março de 2015, altera a Lei Complementar n° 75, de 23 de março de 2015, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3974</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3974/plc_02_2026_004343.pdf</t>
+  </si>
+  <si>
+    <t>Acresce vagas no Anexo I da Lei  Complementar n° 75, de 23 de março de  2015, que "Dispõe sobre a implantação do  Plano de Cargos, Carreiras e Vencimentos  da Prefeitura Municipal de Iturama, Estado  de Minas Gerais".</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3879/pl_05_2026_003704.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3879/pl_05_2026_003704.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do art. 1º da lei n° 5.212 de 29 de dezembro de 2023, que "Autoriza o Poder Executivo Municipal a outorgar concessão de direito real de uso gratuito de bem imóvel público face o interesse econômico municipal e dá outras providências"."</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3880/pl_06_2026_003701.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3880/pl_06_2026_003701.pdf</t>
   </si>
   <si>
     <t>"Dá a creche a ser construída no Bairro Residencial Villagio a denominação de BENEDITA PEREIRA DOS SANTOS", e dá outras providencias.</t>
   </si>
   <si>
-    <t>3896</t>
-[...10 lines deleted...]
-  <si>
     <t>3898</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3898/pl_10_2026_substituto_003902.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3898/pl_10_2026_substituto_003902.pdf</t>
   </si>
   <si>
     <t>"Autoriza a inclusão do Projeto "50  Moradias" no Plano Plurianual 2026-2029, abre crédito adicional especial no valor de R$ 7.060.000,00 e dá outras providências."</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3899/pl_11_2026_003836.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3899/pl_11_2026_003836.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de revisão gera anual aos vencimentos dos servidores públicos municipais, aos proventos de aposentadoria, às pensões e gratificações, com base no Índice Nacional de Preços ao Consumidor (INPC), e dá outras providências."</t>
   </si>
   <si>
-    <t>3900</t>
-[...10 lines deleted...]
-  <si>
     <t>3903</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3903/pl_13_2026_003899.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3903/pl_13_2026_003899.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO DO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3904/pl_14__2026_003900.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3904/pl_14__2026_003900.pdf</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3905/pl_15__2026_003901.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3905/pl_15__2026_003901.pdf</t>
+  </si>
+  <si>
+    <t>3909</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3909/pl_16_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a abertura de crédito adicional suplementar, por anulação de dotação, no orçamento vigente e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3910</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3910/pl_17_2026_substituto_003978.pdf</t>
+  </si>
+  <si>
+    <t>"Altera disposições da Lei n.° 5.376, de 31 de julho de 2025 que "Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2026 e a Lei n.° 5.410, de 29 de dezembro de 2025, que "Estima a receita e fixa a despesa do Município de Iturama/MG, para o exercício financeiro de 2.026" e dá outras providências".</t>
+  </si>
+  <si>
+    <t>3913</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3913/pl_19_2026_003988.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a abertura de crédito adicional suplementar, por excesso de arrecadação, no orçamento vigente e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3914</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3914/pl_20_2026_003992.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a abertura de crédito adicional suplementar, por superávit financeiro e anulação parcial de dotação, no orçamento vigente e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3917</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3917/pl_21_2026_004005.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a abertura de crédito adicional suplementar, por superávit financeiro, no orçamento vigente e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3915</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3915/pl_22_2026_003996.pdf</t>
+  </si>
+  <si>
+    <t>3916</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3916/pl_23_2026_004001.pdf</t>
+  </si>
+  <si>
+    <t>3918</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3918/pl_24_2026_004013.pdf</t>
+  </si>
+  <si>
+    <t>3919</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3919/pl_25_2026_004018.pdf</t>
+  </si>
+  <si>
+    <t>3920</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3920/pl_26_2026_004021.pdf</t>
+  </si>
+  <si>
+    <t>3921</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3921/pl_27_2026_004025.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza a abertura de crédito adicional suplementar, por dotação, no orçamento vigente e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3922</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3922/pl__28_2026.pdf</t>
+  </si>
+  <si>
+    <t>3923</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3923/pl_29_2026.pdf</t>
+  </si>
+  <si>
+    <t>3924</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3924/pl_30_2026.pdf</t>
+  </si>
+  <si>
+    <t>3925</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3925/pl_31_2026.pdf</t>
+  </si>
+  <si>
+    <t>3969</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3969/pl_38_2026_004338.pdf</t>
+  </si>
+  <si>
+    <t>3980</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3980/pl_45_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera anexos e disposições da Lei nº 5.376, de 31 de julho de 2025, que "Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2026 e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>3983</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3983/pl_46_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo efetuar repasse voluntário de recursos financeiros à Creche Deus Menino e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3984</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3984/pl_47_2026.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO EFETUAR REPASSES  VOLUNTÁRIOS DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DOS  MORADORES DO BAIRRO SÃO MIGUEL E DÁ OUTRAS PROVIDÊNCIAS"</t>
+  </si>
+  <si>
+    <t>3985</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3985/pl_48_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros à Associação dos Moradores do Bairro Jardim América e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3986</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3986/pl_49_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo efetuar repasses voluntários de recursos financeiros ao Lar do Velhinhos Dona Maria Abadia de Freitas Lima e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3987</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3987/pl_50_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do artigo 1º e do § 1º da Lei nº 4.641, de 25 de julho de 2017 que "Autoriza o Poder Executivo a realizar a contratação de Assistência à_x000D_
+Saúde do servidor ativo ou inativo e seus dependentes, aos pensionistas e dá outras providências".</t>
+  </si>
+  <si>
+    <t>3988</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3988/pl_51_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA А АВЕRTURA DE CRÉDITO ADICIONAL  SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO, NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS",</t>
+  </si>
+  <si>
+    <t>4002</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4002/pl_53_2026.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O MUNICÍPIO A FIRMAR TERMO DE FOMENTO COM ASSOCIAÇÃO OUROMIX FUTEBOL CLUBE PARA REALIZAÇÃO DE EVENTO ARTÍSTICO CULTURAL EM ITURAMA/MG E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>4003</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4003/pl_54_2026.pdf</t>
+  </si>
+  <si>
+    <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIACAO NOVA GERAÇÃO EM AÇÃO."</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
     <t>PLOCM</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária CM</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3875/pl_01_2026_003688.pdf</t>
-[...2 lines deleted...]
-    <t>"Estabelece diretrizes para a disponibilização de tecnologias destinadas ao monitoramento contínuo da glicose a pacientes com Diabetes Tipo 1, no âmbito do Município de Iturama."</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3875/pl_cm_01_2026_003968.pdf</t>
+  </si>
+  <si>
+    <t>"Institui a Política Municipal de Atenção Integral aos Pacientes com Diabetes Mellitus Tipo 1 e estabelece suas diretrizes gerais."</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3876/pl_02_2026_003689.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3876/pl_02_2026_003689.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da empresa concessionária de serviço público de distribuição de energia elétrica e demais empresas ocupantes de_x000D_
 sua infraestrutura a se restringir ocupação do espaço público dentro do que estabelece as normas técnicas aplicáveis e promover a regularização e a retirada dos fios inutilizados."</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3877/pl_03_2026_003690.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3877/pl_03_2026_003690.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o prazo máximo de 30 (trinta) dias, a contar da solicitação médica, para realização de exames relacionados à detecção do câncer de_x000D_
 próstata, institui o Programa Municipal de Prevenção à Saúde do Homem e dá outras providências."</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3878/pl_04_2026_003691.pdf</t>
-[...2 lines deleted...]
-    <t>"Dispõe sobre o prazo máximo de 30 (trinta) dias, a contar da solicitação médica, para realização de exames de mamografia e das outras providências."</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3878/pl_cm_04_2026_substituto_003975.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a instituição do programa de apoio à saúde da mulher para prevenção e diagnóstico do câncer de mama e dá outras providências."</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>Mesa Diretora da 2ª Sessão Legislativa da 20 ª Legislatura (2026)</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3895/pl_cm_07_2026_003920.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3895/pl_cm_07_2026_003920.pdf</t>
   </si>
   <si>
     <t>"Autoriza a revisão geral anual dos Servidores  do Poder Legislativo na forma do inciso X, do  art. 37, da Constituição Federal e dá outras  providências."</t>
   </si>
   <si>
+    <t>3896</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3896/pl_08_2026_003783.pdf</t>
+  </si>
+  <si>
+    <t>Dá a UBS a ser construída no Bairro Residencial Villagio, a denominação de DR JOSÉ CARLOS DA SILVA, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3897/pl_09_2026_003786.pdf</t>
-[...3 lines deleted...]
-equipamentos do tipo Food truck/trailer e para a posterior construção de quiosques destinados formação de praças de alimentação e ao fomento do lazer, e dá outras providências."</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3897/pl_cm_09_2026_substituto.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a outorga de permissão e concessão de uso de áreas públicas para a instalação de estruturas móveis e quiosques destinados à exploração de atividades de alimentação, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3900</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3900/pl_12_2026_substituto_003972.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre as diretrizes para a criação de salas de autorregulação sensorial para estudantes com neuro atipicidades na rede municipal de ensino, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>3911</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3911/pl_18_2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dá a creche a ser construída no Bairro Residencial Villagio a denominação de BENEDITA PEREIRA DOS SANTOS", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3926</t>
+  </si>
+  <si>
+    <t>Sinomar Barbosa</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3926/pl_32_2026_substituto_004334.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de VEREADOR  HELÁDIO SALUSTIANO à Galeria  dos Ex-Presidentes da Camara  Municipal de Iturama, Estado de  Minas Gerais, criada pela Resolução  n° CM 60/98.</t>
+  </si>
+  <si>
+    <t>3927</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3927/pl_33_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dá ao CEMEI a ser construído no Bairro Residencial Villagio, a denominação de SEBASTIÃO RAIMUNDO RODRIGUES (SEBASTIÃO FELICÍCIO), e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>3928</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3928/pl_34_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Adicional Suplementar no valor de R$ 92.000,00 (Noventa e dois mil reais) no Orçamento Vigente.</t>
+  </si>
+  <si>
+    <t>3949</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3949/pl_35_2026_004254.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de "Papa Francisco" à Praça que será construída no Bairro Nossa Senhora Aparecida e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3967</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3967/pl_36_2026_004336.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a implantação da telemedicina na  Rede Municipal de Saúde de Iturama, e dá  outras providências.</t>
+  </si>
+  <si>
+    <t>3968</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3968/pl_37_2026_004337.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Banco Comunitário de Cadeira de Rodas no âmbito do Município de Iturama e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3970</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3970/pl_39_2026_004339.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a instituir o Programa de Atendimento Multidisciplinar para Tratamento da Fibromialgia e  estabelece suas diretrizes gerais.</t>
+  </si>
+  <si>
+    <t>3971</t>
+  </si>
+  <si>
+    <t>Ronei Mosquito</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3971/pl_40_2026_004340.pdf</t>
+  </si>
+  <si>
+    <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ÁGAPE DE ITURAMA."</t>
+  </si>
+  <si>
+    <t>3972</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3972/pl_41_2026_004341.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a instituir o Programa "Cuidando de Quem Cuida", que estabelece diretrizes para o apoio psicossocial às mães atípicas no âmbito do Município de Iturama/MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3973</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3973/pl_42_2026_004342.pdf</t>
+  </si>
+  <si>
+    <t>Institui diretrizes para a oferta contínua de orientações sobre cuidados com o recém-nascido, amamentação e manobras de desengasgo durante o acompanhamento pré- natal na rede pública municipal de saúde de Iturama/MG.</t>
+  </si>
+  <si>
+    <t>3979</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3979/pl_43_2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acresce disposições na Lei nº 4.780,  de 06 de fevereiro de 2019, que "Dispõe  sobre o Estatuto Municipal dos Direitos do  Paciente e dá outras providências." para  estender a garantia de acesso e permanência  de ambos os pais ou responsáveis  acompanhando pacientes crianças, no decorrer de consultas e internações nas  unidades de saúde das redes pública е  privada do Município de Iturama/MG.</t>
+  </si>
+  <si>
+    <t>3981</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3981/pl_44_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a criação de Serviço de Acolhimento Institucional, na modalidade Abrigo Institucional, destinado a pessoas em situação de rua e/ou vulnerabilidade social no município de Iturama/MG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3989</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3989/pl_52_2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui e regulamenta a internação voluntária e involuntária de usuários e dependentes de drogas em rede de atenção à  saúde no Município de Iturama.</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3902/pr_01_2026_003897.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3902/pr_01_2026_003897.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO  DE CIDADÃO ITURAMENSE A CLEITON GONTIJO DE AZEVEDO".</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>OTC - Orçamento e Tomada de Contas</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3907/pr_02_2026_003923.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3907/pr_02_2026_003923.pdf</t>
   </si>
   <si>
     <t>"Aprova as Contas do Município de Iturama, referente ao exercício de 2020, de responsabilidade do Senhor Anderson Bernardes de Oliveira e toma outras providências."</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
-    <t>Fabricio Massa Bruta</t>
-[...2 lines deleted...]
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3901/pr_03_2026_003895.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3901/pr_03_2026_003895.pdf</t>
   </si>
   <si>
     <t>"CONCEDE TÍTULO DE CIDADÃO ITURAMENSE A FRANCISCO TOMAZ DE OLIVEIRA FILHO."</t>
   </si>
   <si>
+    <t>3908</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3908/pr_04_2026_003965.pdf</t>
+  </si>
+  <si>
+    <t>"Altera o "caput" do art. 139, da Resolução n.° 08, de 17 de setembro de 1990, que "Dispõe sobre o Regimento Interno da Câmara Municipal de Iturama, Estado de Minas Gerais"."</t>
+  </si>
+  <si>
     <t>3881</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3881/requerimento_01_2026_003769.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3881/requerimento_01_2026_003769.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no exercício de suas atribuições constitucionais, legais e regimentais, notadamente o dever constitucional de fiscalização dos atos do Poder Executivo, das Organizações Sociais e das empresas privadas que executam serviços públicos essenciais, REQUER, após deliberação da maioria do Plenário, a CONVOCAÇÃO FORMAL do Senhor Dr. GUILHERME FERREIRA DE ALMEIDA, Médico, Diretor Técnico da empresa H2 Soluções em Saúde, responsável pela contratação dos médicos prestadores de serviços no Pronto-Socorro Municipal de Iturama/MG, para que compareça pessoalmente a esta Casa Legislativa, no prazo legal, a fim de fazer uso da Tribuna Livre, prestando esclarecimentos públicos acerca dos recorrentes atrasos no pagamento de salários/honorários dos médicos plantonistas.</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3882/requerimento_02_2026_003770.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3882/requerimento_02_2026_003770.pdf</t>
   </si>
   <si>
     <t>0 Vereador que este subscreve, no exercício de suas atribuições  constitucionais, legais e regimentais, especialmente no cumprimento do dever  constitucional de fiscalização contábil, financeira, orçamentária, operacional e  patrimonial do Município, bem como da correta aplicação dos recursos públicos  repassados as Organizações Sociais, vem, respeitosamente, REQUERER, após  deliberação da maioria do Plenário, a CONVOCAÇÃO FORMAL do Senhor  DOUGLAS ROBERTO DE SOUZA OLIVEIRA, Controlador Interno do Município  de Iturama/MG, para que compareça pessoalmente a esta Casa Legislativa, no prazo  legal, a fim de fazer uso da Tribuna Livre, prestando esclarecimentos públicos e  técnicos acerca da regularidade dos repasses financeiros realizados pelo Município de  Iturama à Organização Social Caminho de Damasco, no âmbito da gestão municipal  2025/2028, especialmente no que se refere à area da saúde</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3883/requerimento_03__2026_003771.pdf</t>
-[...2 lines deleted...]
-    <t>0 Vereador que este subscreve, no exercício de suas atribuições  constitucionais, legais e regimentais, especialmente no dever de fiscalização dos atos  do Poder Executivo e das entidades privadas que administram serviços públicos,  na defesa do interesse público e da dignidade da população ituramense, REQUER,  após deliberação do Plenário, a CONVOCAÇÃO FORMAL do Senhor DANILO  SIQUEIRA DA PAIXÃO SILVA, representante da Organização Social Caminho P, z  ;*.  de Damasco, responsável pela gestão do Pronto-Socorro Municipal de  Iturama/MG, para que compareça pessoalmente a esta Casa Legislativa, no prazo  legal, a fim de fazer uso da Tribuna Livre, prestando esclarecimentos públicos acerca  da grave e reiterada demora no atendimento aos pacientes do Pronto-Socorro  Municipal.</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3883/requerimento_03__2026_003771.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que este subscreve, no exercício de suas atribuições constitucionais, legais e regimentais, especialmente no dever de fiscalização dos atos do Poder Executivo e das entidades privadas que administram serviços públicos, na defesa do interesse público e da dignidade da população ituramense, REQUER, após deliberação do Plenário, a CONVOCAÇÃO FORMAL do Senhor DANILO SIQUEIRA DA PAIXÃO SILVA, representante da Organização Social Caminho de Damasco, responsável pela gestão do Pronto-Socorro Municipal de Iturama–MG, para comparecer pessoalmente a esta Casa Legislativa, no prazo legal, a fim de fazer uso da Tribuna Livre, prestando esclarecimentos públicos acerca da grave e reiterada demora no atendimento aos pacientes do Pronto-Socorro Municipal.</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3884/requerimento_04__2026_003772.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3884/requerimento_04__2026_003772.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no exercício de suas atribuições constitucionais, legais e regimentais, especialmente no dever de fiscalização dos atos do_x000D_
 Poder Executivo, na defesa do interesse público e da dignidade da população ituramense, REQUER, após deliberação do Plenário, a CONVOCAÇÃO FORMAL do Senhor Secretário Municipal de Saúde de Iturama/MG, para que compareça pessoalmente a esta Casa Legislativa, no prazo legal, a fim de fazer uso da Tribuna Livre, prestando esclarecimentos públicos acerca da grave e recorrente demora no atendimento aos pacientes do Pronto-Socorro Municipal de Iturama.</t>
+  </si>
+  <si>
+    <t>3929</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3929/requerimento_05_2026_004032.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, ouvido o plenário, requer a convocação do presidente do Conselho Municipal de Saúde de Iturama, Flavio Correa da Silva, CPF: 533.056.476-04, para fazer uso da tribuna no plenário da Câmara Municipal para nos informar como está a real situação dos pedidos de exames e de cirurgias no Hospital do Povo.</t>
+  </si>
+  <si>
+    <t>3943</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3943/requerimento_06_2026_004094.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, no uso regimentais, no exercício da função fiscalizatória inerente ao mandato parlamentar e do poder-dever de controle dos atos administrativos do Poder Legislativo, com fundamento nos princípios da legalidade, moralidade, publicidade e eficiência previstos no artigo 37 da Constituição Federal, bem como na Lei n° 12.527/2011 (Lei de Acesso A. Informação), vem respeitosamente requerer, após deliberação do Plenário, que seja encaminhado expediente à Mesa Diretora da Câmara Municipal de Iturama/MG solicitando o envio de informações completas e atualizadas acerca do quadro de pessoal desta Casa Legislativa.</t>
+  </si>
+  <si>
+    <t>3944</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3944/requerimento_07_2026_004095.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a este subscreve, no uso de suas atribuições legais e regimentais, no exercício da função fiscalizatória inerente ao mandato parlamentar e do poder-dever de controle dos atos administrativos do Poder Legislativo, com fundamento nos princípios da legalidade, moralidade, publicidade e eficiência previstos no artigo 37 da Constituição Federal, bem como na Lei n° 12.527/2011 (Lei de Acesso à Informação), vem respeitosamente requerer, após deliberação do Plenário, que seja encaminhado expediente Mesa Diretora da Camara Municipal de Iturama/MG solicitando o envio dos extratos_x000D_
+Bancários mensais de todas as contas de titularidade da Câmara Municipal referentes ao exercício financeiro de 2025.</t>
+  </si>
+  <si>
+    <t>3950</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3950/requerimento_08_2026_004264.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que este subscreve, no exercício de suas atribuições  constitucionais, legais e regimentais, especialmente aquelas previstas na Constituição  Federal, na Lei Orgânica Municipal e no Regimento Interno desta Casa Legislativa,  vem, respeitosamente, à presença de Vossa Excelência, requerer, após ouvido o  Plenário, que seja OFICIADA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, para  que preste as seguintes informações e encaminhe a documentação pertinente:</t>
+  </si>
+  <si>
+    <t>3982</t>
+  </si>
+  <si>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3982/requerimento_09_2026_004388.pdf</t>
+  </si>
+  <si>
+    <t>0 Vereador que este subscreve, no exercício de suas atribuições constitucionais, legais e regimentais, na defesa do interesse público, REQUER após deliberação do Plenário, a CONVOCAÇÃO FORMAL do Senhor Secretário Municipal de Obras Públicas e Serviços Urbanos e Rurais de Iturama/MG, Sr. Túlio Henrique Martins, para comparecer pessoalmente, na Tribuna desta Casa Legislativa na próxima reunião ordinária, para prestar informações sobre a entrega de serviços públicos para a população Ituramense, como a seguir.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -792,67 +1730,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3885/indicacao_01_2026_003773.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3886/indicacao_02_2026_003774.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3887/indicacao_03_2026_003775.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3888/indicacao_04_2026_003776.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3889/indicacao_05_2026_003777.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3890/indicacao_06_2026_003782.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3891/indicacao_07_2026_003778.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3892/indicacao_08_2026_003779.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3893/indicacao_09_2026_003780.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3894/indicacao_10_2026_003781.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3906/plc_01_2026_003937.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3879/pl_05_2026_003704.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3880/pl_06_2026_003701.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3896/pl_08_2026_003783.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3898/pl_10_2026_substituto_003902.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3899/pl_11_2026_003836.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3900/pl_12_2026_003894.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3903/pl_13_2026_003899.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3904/pl_14__2026_003900.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3905/pl_15__2026_003901.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3875/pl_01_2026_003688.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3876/pl_02_2026_003689.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3877/pl_03_2026_003690.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3878/pl_04_2026_003691.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3895/pl_cm_07_2026_003920.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3897/pl_09_2026_003786.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3902/pr_01_2026_003897.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3907/pr_02_2026_003923.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3901/pr_03_2026_003895.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3881/requerimento_01_2026_003769.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3882/requerimento_02_2026_003770.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3883/requerimento_03__2026_003771.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3884/requerimento_04__2026_003772.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3885/indicacao_01_2026_003773.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3886/indicacao_02_2026_003774.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3887/indicacao_03_2026_003775.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3888/indicacao_04_2026_003776.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3889/indicacao_05_2026_003777.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3890/indicacao_06_2026_003782.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3891/indicacao_07_2026_003778.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3892/indicacao_08_2026_003779.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3893/indicacao_09_2026_003780.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3894/indicacao_10_2026_003781.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3933/indicacao_11_2026_004036.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3934/indicacao_12_2026_004037.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3935/indicacao_13_2026_004038.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3936/indicacao_14_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3937/indicacao_15_2026_004040.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3956/indicacao_17_2026_004309.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3957/indicacao_18_2026_004330.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3938/indicacao_19_2026_004041.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3939/indicacao_20_2026_004042.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3940/indicacao_21_2026_004043.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3941/indicacao_22_2026_004044.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3942/indicacao_23_2026_004045.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3958/indicacao_24_2026_004310.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3959/indicacao_25_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3960/indicacao_26_2026_004331.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3961/indicacao_27_2026_004312.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3962/indicacao_28_2026_004313.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3963/indicacao_29_2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3964/indicacao_30_2026_004315.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3965/indicacao_31_2026_004316.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3966/indicacao_32_2026_004317.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3975/indicacao_33_2026_004318.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3976/indicacao_34_2026_004319.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3977/indicacao_35_2026_004332.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3978/indicacao_36_2026_004320.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3994/indicacao_37_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3995/indicacao_38_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3996/indicacao_39_2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3997/indicacao_40_2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3998/indicacao_41_2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3999/indicacao_42_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4001/indicacao_43_2026_004495.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4000/indicacao_44_2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3930/mocao_01_2026_004033.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3931/mocao_02_2026_004034.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3932/mocao_03_2026_004035.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3951/mocao_04_2026_004325.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3952/mocao_05_2026_004326.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3953/mocao_06_2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3954/mocao_07_2026_004328.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3990/mocao_08_2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3991/mocao_10_2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3993/mocao_11_2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3992/mocao_12_2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3906/plc_01_2026_003937.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3974/plc_02_2026_004343.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3879/pl_05_2026_003704.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3880/pl_06_2026_003701.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3898/pl_10_2026_substituto_003902.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3899/pl_11_2026_003836.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3903/pl_13_2026_003899.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3904/pl_14__2026_003900.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3905/pl_15__2026_003901.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3909/pl_16_2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3910/pl_17_2026_substituto_003978.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3913/pl_19_2026_003988.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3914/pl_20_2026_003992.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3917/pl_21_2026_004005.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3915/pl_22_2026_003996.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3916/pl_23_2026_004001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3918/pl_24_2026_004013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3919/pl_25_2026_004018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3920/pl_26_2026_004021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3921/pl_27_2026_004025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3922/pl__28_2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3923/pl_29_2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3924/pl_30_2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3925/pl_31_2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3969/pl_38_2026_004338.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3980/pl_45_2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3983/pl_46_2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3984/pl_47_2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3985/pl_48_2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3986/pl_49_2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3987/pl_50_2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3988/pl_51_2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4002/pl_53_2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/4003/pl_54_2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3875/pl_cm_01_2026_003968.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3876/pl_02_2026_003689.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3877/pl_03_2026_003690.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3878/pl_cm_04_2026_substituto_003975.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3895/pl_cm_07_2026_003920.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3896/pl_08_2026_003783.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3897/pl_cm_09_2026_substituto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3900/pl_12_2026_substituto_003972.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3911/pl_18_2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3926/pl_32_2026_substituto_004334.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3927/pl_33_2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3928/pl_34_2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3949/pl_35_2026_004254.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3967/pl_36_2026_004336.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3968/pl_37_2026_004337.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3970/pl_39_2026_004339.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3971/pl_40_2026_004340.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3972/pl_41_2026_004341.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3973/pl_42_2026_004342.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3979/pl_43_2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3981/pl_44_2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3989/pl_52_2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3902/pr_01_2026_003897.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3907/pr_02_2026_003923.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3901/pr_03_2026_003895.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3908/pr_04_2026_003965.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3881/requerimento_01_2026_003769.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3882/requerimento_02_2026_003770.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3883/requerimento_03__2026_003771.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3884/requerimento_04__2026_003772.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3929/requerimento_05_2026_004032.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3943/requerimento_06_2026_004094.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3944/requerimento_07_2026_004095.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3950/requerimento_08_2026_004264.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/materialegislativa/2026/3982/requerimento_09_2026_004388.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="57.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="203.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1106,675 +2044,3132 @@
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="H11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
         <v>58</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>62</v>
       </c>
-      <c r="B13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>49</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B14" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>70</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>74</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>75</v>
       </c>
       <c r="H16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>87</v>
       </c>
       <c r="H19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H21" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>22</v>
+        <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H24" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>26</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H25" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="D26" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>110</v>
+        <v>49</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H26" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>48</v>
+        <v>119</v>
       </c>
       <c r="D27" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>10</v>
+        <v>123</v>
       </c>
       <c r="D28" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>122</v>
+        <v>40</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H29" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="D30" t="s">
-        <v>117</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H30" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>135</v>
       </c>
       <c r="D31" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H31" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="D32" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H32" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>22</v>
+        <v>143</v>
       </c>
       <c r="D33" t="s">
-        <v>130</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>131</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="H33" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
+        <v>147</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H34" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>152</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H35" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>58</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" t="s">
+        <v>58</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>164</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" t="s">
+        <v>165</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H38" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>169</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" t="s">
+        <v>40</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H39" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
+        <v>40</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H40" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>176</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>177</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>35</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H41" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>180</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" t="s">
+        <v>58</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H43" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" t="s">
+        <v>165</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H44" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>58</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H45" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>196</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>10</v>
+      </c>
+      <c r="D46" t="s">
+        <v>197</v>
+      </c>
+      <c r="E46" t="s">
+        <v>198</v>
+      </c>
+      <c r="F46" t="s">
+        <v>165</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H46" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>17</v>
+      </c>
+      <c r="D47" t="s">
+        <v>197</v>
+      </c>
+      <c r="E47" t="s">
+        <v>198</v>
+      </c>
+      <c r="F47" t="s">
+        <v>165</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H47" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>22</v>
+      </c>
+      <c r="D48" t="s">
+        <v>197</v>
+      </c>
+      <c r="E48" t="s">
+        <v>198</v>
+      </c>
+      <c r="F48" t="s">
+        <v>165</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>26</v>
       </c>
-      <c r="D34" t="s">
-[...2 lines deleted...]
-      <c r="E34" t="s">
+      <c r="D49" t="s">
+        <v>197</v>
+      </c>
+      <c r="E49" t="s">
+        <v>198</v>
+      </c>
+      <c r="F49" t="s">
+        <v>165</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H49" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>210</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>30</v>
+      </c>
+      <c r="D50" t="s">
+        <v>197</v>
+      </c>
+      <c r="E50" t="s">
+        <v>198</v>
+      </c>
+      <c r="F50" t="s">
+        <v>165</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H50" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>213</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>34</v>
+      </c>
+      <c r="D51" t="s">
+        <v>197</v>
+      </c>
+      <c r="E51" t="s">
+        <v>198</v>
+      </c>
+      <c r="F51" t="s">
+        <v>165</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H51" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>39</v>
+      </c>
+      <c r="D52" t="s">
+        <v>197</v>
+      </c>
+      <c r="E52" t="s">
+        <v>198</v>
+      </c>
+      <c r="F52" t="s">
+        <v>165</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H52" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>219</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>44</v>
+      </c>
+      <c r="D53" t="s">
+        <v>197</v>
+      </c>
+      <c r="E53" t="s">
+        <v>198</v>
+      </c>
+      <c r="F53" t="s">
+        <v>18</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H53" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>53</v>
+      </c>
+      <c r="D54" t="s">
+        <v>197</v>
+      </c>
+      <c r="E54" t="s">
+        <v>198</v>
+      </c>
+      <c r="F54" t="s">
+        <v>165</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H54" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>57</v>
+      </c>
+      <c r="D55" t="s">
+        <v>197</v>
+      </c>
+      <c r="E55" t="s">
+        <v>198</v>
+      </c>
+      <c r="F55" t="s">
+        <v>165</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H55" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>62</v>
+      </c>
+      <c r="D56" t="s">
+        <v>197</v>
+      </c>
+      <c r="E56" t="s">
+        <v>198</v>
+      </c>
+      <c r="F56" t="s">
+        <v>165</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H56" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>232</v>
+      </c>
+      <c r="E57" t="s">
+        <v>233</v>
+      </c>
+      <c r="F57" t="s">
+        <v>234</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H57" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>237</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>17</v>
+      </c>
+      <c r="D58" t="s">
+        <v>232</v>
+      </c>
+      <c r="E58" t="s">
+        <v>233</v>
+      </c>
+      <c r="F58" t="s">
+        <v>234</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H58" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>240</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>30</v>
+      </c>
+      <c r="D59" t="s">
+        <v>241</v>
+      </c>
+      <c r="E59" t="s">
+        <v>242</v>
+      </c>
+      <c r="F59" t="s">
+        <v>234</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H59" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>34</v>
+      </c>
+      <c r="D60" t="s">
+        <v>241</v>
+      </c>
+      <c r="E60" t="s">
+        <v>242</v>
+      </c>
+      <c r="F60" t="s">
+        <v>234</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H60" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>248</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>53</v>
+      </c>
+      <c r="D61" t="s">
+        <v>241</v>
+      </c>
+      <c r="E61" t="s">
+        <v>242</v>
+      </c>
+      <c r="F61" t="s">
+        <v>234</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H61" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>251</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>57</v>
+      </c>
+      <c r="D62" t="s">
+        <v>241</v>
+      </c>
+      <c r="E62" t="s">
+        <v>242</v>
+      </c>
+      <c r="F62" t="s">
+        <v>234</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H62" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>254</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>66</v>
+      </c>
+      <c r="D63" t="s">
+        <v>241</v>
+      </c>
+      <c r="E63" t="s">
+        <v>242</v>
+      </c>
+      <c r="F63" t="s">
+        <v>234</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H63" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>257</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>70</v>
+      </c>
+      <c r="D64" t="s">
+        <v>241</v>
+      </c>
+      <c r="E64" t="s">
+        <v>242</v>
+      </c>
+      <c r="F64" t="s">
+        <v>234</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H64" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>74</v>
+      </c>
+      <c r="D65" t="s">
+        <v>241</v>
+      </c>
+      <c r="E65" t="s">
+        <v>242</v>
+      </c>
+      <c r="F65" t="s">
+        <v>234</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H65" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>261</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>78</v>
+      </c>
+      <c r="D66" t="s">
+        <v>241</v>
+      </c>
+      <c r="E66" t="s">
+        <v>242</v>
+      </c>
+      <c r="F66" t="s">
+        <v>234</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H66" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>264</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>82</v>
+      </c>
+      <c r="D67" t="s">
+        <v>241</v>
+      </c>
+      <c r="E67" t="s">
+        <v>242</v>
+      </c>
+      <c r="F67" t="s">
+        <v>234</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H67" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>267</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>90</v>
+      </c>
+      <c r="D68" t="s">
+        <v>241</v>
+      </c>
+      <c r="E68" t="s">
+        <v>242</v>
+      </c>
+      <c r="F68" t="s">
+        <v>234</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H68" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>270</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>94</v>
+      </c>
+      <c r="D69" t="s">
+        <v>241</v>
+      </c>
+      <c r="E69" t="s">
+        <v>242</v>
+      </c>
+      <c r="F69" t="s">
+        <v>234</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H69" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>273</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>98</v>
+      </c>
+      <c r="D70" t="s">
+        <v>241</v>
+      </c>
+      <c r="E70" t="s">
+        <v>242</v>
+      </c>
+      <c r="F70" t="s">
+        <v>234</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H70" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>276</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>102</v>
+      </c>
+      <c r="D71" t="s">
+        <v>241</v>
+      </c>
+      <c r="E71" t="s">
+        <v>242</v>
+      </c>
+      <c r="F71" t="s">
+        <v>234</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H71" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>278</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>106</v>
+      </c>
+      <c r="D72" t="s">
+        <v>241</v>
+      </c>
+      <c r="E72" t="s">
+        <v>242</v>
+      </c>
+      <c r="F72" t="s">
+        <v>234</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H72" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>280</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>110</v>
+      </c>
+      <c r="D73" t="s">
+        <v>241</v>
+      </c>
+      <c r="E73" t="s">
+        <v>242</v>
+      </c>
+      <c r="F73" t="s">
+        <v>234</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H73" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>282</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>115</v>
+      </c>
+      <c r="D74" t="s">
+        <v>241</v>
+      </c>
+      <c r="E74" t="s">
+        <v>242</v>
+      </c>
+      <c r="F74" t="s">
+        <v>234</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H74" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>284</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>119</v>
+      </c>
+      <c r="D75" t="s">
+        <v>241</v>
+      </c>
+      <c r="E75" t="s">
+        <v>242</v>
+      </c>
+      <c r="F75" t="s">
+        <v>234</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H75" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>286</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>123</v>
+      </c>
+      <c r="D76" t="s">
+        <v>241</v>
+      </c>
+      <c r="E76" t="s">
+        <v>242</v>
+      </c>
+      <c r="F76" t="s">
+        <v>234</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H76" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>289</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>127</v>
+      </c>
+      <c r="D77" t="s">
+        <v>241</v>
+      </c>
+      <c r="E77" t="s">
+        <v>242</v>
+      </c>
+      <c r="F77" t="s">
+        <v>234</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H77" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>291</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>131</v>
       </c>
-      <c r="F34" t="s">
-[...6 lines deleted...]
-        <v>142</v>
+      <c r="D78" t="s">
+        <v>241</v>
+      </c>
+      <c r="E78" t="s">
+        <v>242</v>
+      </c>
+      <c r="F78" t="s">
+        <v>234</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H78" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>293</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>135</v>
+      </c>
+      <c r="D79" t="s">
+        <v>241</v>
+      </c>
+      <c r="E79" t="s">
+        <v>242</v>
+      </c>
+      <c r="F79" t="s">
+        <v>234</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H79" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>295</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>139</v>
+      </c>
+      <c r="D80" t="s">
+        <v>241</v>
+      </c>
+      <c r="E80" t="s">
+        <v>242</v>
+      </c>
+      <c r="F80" t="s">
+        <v>234</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H80" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>297</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>169</v>
+      </c>
+      <c r="D81" t="s">
+        <v>241</v>
+      </c>
+      <c r="E81" t="s">
+        <v>242</v>
+      </c>
+      <c r="F81" t="s">
+        <v>234</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H81" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>299</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>300</v>
+      </c>
+      <c r="D82" t="s">
+        <v>241</v>
+      </c>
+      <c r="E82" t="s">
+        <v>242</v>
+      </c>
+      <c r="F82" t="s">
+        <v>234</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H82" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>303</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>304</v>
+      </c>
+      <c r="D83" t="s">
+        <v>241</v>
+      </c>
+      <c r="E83" t="s">
+        <v>242</v>
+      </c>
+      <c r="F83" t="s">
+        <v>234</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H83" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>307</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" t="s">
+        <v>241</v>
+      </c>
+      <c r="E84" t="s">
+        <v>242</v>
+      </c>
+      <c r="F84" t="s">
+        <v>234</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H84" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>311</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>312</v>
+      </c>
+      <c r="D85" t="s">
+        <v>241</v>
+      </c>
+      <c r="E85" t="s">
+        <v>242</v>
+      </c>
+      <c r="F85" t="s">
+        <v>234</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H85" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>315</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>316</v>
+      </c>
+      <c r="D86" t="s">
+        <v>241</v>
+      </c>
+      <c r="E86" t="s">
+        <v>242</v>
+      </c>
+      <c r="F86" t="s">
+        <v>234</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H86" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>319</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>320</v>
+      </c>
+      <c r="D87" t="s">
+        <v>241</v>
+      </c>
+      <c r="E87" t="s">
+        <v>242</v>
+      </c>
+      <c r="F87" t="s">
+        <v>234</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H87" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>323</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>324</v>
+      </c>
+      <c r="D88" t="s">
+        <v>241</v>
+      </c>
+      <c r="E88" t="s">
+        <v>242</v>
+      </c>
+      <c r="F88" t="s">
+        <v>234</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H88" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>327</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>328</v>
+      </c>
+      <c r="D89" t="s">
+        <v>241</v>
+      </c>
+      <c r="E89" t="s">
+        <v>242</v>
+      </c>
+      <c r="F89" t="s">
+        <v>234</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H89" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>331</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>332</v>
+      </c>
+      <c r="D90" t="s">
+        <v>241</v>
+      </c>
+      <c r="E90" t="s">
+        <v>242</v>
+      </c>
+      <c r="F90" t="s">
+        <v>58</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H90" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>335</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>10</v>
+      </c>
+      <c r="D91" t="s">
+        <v>336</v>
+      </c>
+      <c r="E91" t="s">
+        <v>337</v>
+      </c>
+      <c r="F91" t="s">
+        <v>165</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H91" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>340</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>17</v>
+      </c>
+      <c r="D92" t="s">
+        <v>336</v>
+      </c>
+      <c r="E92" t="s">
+        <v>337</v>
+      </c>
+      <c r="F92" t="s">
+        <v>165</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H92" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>343</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>22</v>
+      </c>
+      <c r="D93" t="s">
+        <v>336</v>
+      </c>
+      <c r="E93" t="s">
+        <v>337</v>
+      </c>
+      <c r="F93" t="s">
+        <v>165</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H93" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>346</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>26</v>
+      </c>
+      <c r="D94" t="s">
+        <v>336</v>
+      </c>
+      <c r="E94" t="s">
+        <v>337</v>
+      </c>
+      <c r="F94" t="s">
+        <v>165</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H94" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>349</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>39</v>
+      </c>
+      <c r="D95" t="s">
+        <v>336</v>
+      </c>
+      <c r="E95" t="s">
+        <v>337</v>
+      </c>
+      <c r="F95" t="s">
+        <v>350</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H95" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>353</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>44</v>
+      </c>
+      <c r="D96" t="s">
+        <v>336</v>
+      </c>
+      <c r="E96" t="s">
+        <v>337</v>
+      </c>
+      <c r="F96" t="s">
+        <v>165</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H96" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>356</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>48</v>
+      </c>
+      <c r="D97" t="s">
+        <v>336</v>
+      </c>
+      <c r="E97" t="s">
+        <v>337</v>
+      </c>
+      <c r="F97" t="s">
+        <v>40</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H97" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>359</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>62</v>
+      </c>
+      <c r="D98" t="s">
+        <v>336</v>
+      </c>
+      <c r="E98" t="s">
+        <v>337</v>
+      </c>
+      <c r="F98" t="s">
+        <v>165</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H98" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>362</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>86</v>
+      </c>
+      <c r="D99" t="s">
+        <v>336</v>
+      </c>
+      <c r="E99" t="s">
+        <v>337</v>
+      </c>
+      <c r="F99" t="s">
+        <v>152</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H99" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>365</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>143</v>
+      </c>
+      <c r="D100" t="s">
+        <v>336</v>
+      </c>
+      <c r="E100" t="s">
+        <v>337</v>
+      </c>
+      <c r="F100" t="s">
+        <v>366</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H100" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>369</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>147</v>
+      </c>
+      <c r="D101" t="s">
+        <v>336</v>
+      </c>
+      <c r="E101" t="s">
+        <v>337</v>
+      </c>
+      <c r="F101" t="s">
+        <v>165</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="H101" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>372</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>151</v>
+      </c>
+      <c r="D102" t="s">
+        <v>336</v>
+      </c>
+      <c r="E102" t="s">
+        <v>337</v>
+      </c>
+      <c r="F102" t="s">
+        <v>350</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H102" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>375</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>156</v>
+      </c>
+      <c r="D103" t="s">
+        <v>336</v>
+      </c>
+      <c r="E103" t="s">
+        <v>337</v>
+      </c>
+      <c r="F103" t="s">
+        <v>165</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H103" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>378</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>160</v>
+      </c>
+      <c r="D104" t="s">
+        <v>336</v>
+      </c>
+      <c r="E104" t="s">
+        <v>337</v>
+      </c>
+      <c r="F104" t="s">
+        <v>165</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H104" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>381</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>164</v>
+      </c>
+      <c r="D105" t="s">
+        <v>336</v>
+      </c>
+      <c r="E105" t="s">
+        <v>337</v>
+      </c>
+      <c r="F105" t="s">
+        <v>165</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="H105" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>384</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>173</v>
+      </c>
+      <c r="D106" t="s">
+        <v>336</v>
+      </c>
+      <c r="E106" t="s">
+        <v>337</v>
+      </c>
+      <c r="F106" t="s">
+        <v>165</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H106" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>387</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>177</v>
+      </c>
+      <c r="D107" t="s">
+        <v>336</v>
+      </c>
+      <c r="E107" t="s">
+        <v>337</v>
+      </c>
+      <c r="F107" t="s">
+        <v>388</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H107" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>391</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>181</v>
+      </c>
+      <c r="D108" t="s">
+        <v>336</v>
+      </c>
+      <c r="E108" t="s">
+        <v>337</v>
+      </c>
+      <c r="F108" t="s">
+        <v>165</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H108" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>394</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>185</v>
+      </c>
+      <c r="D109" t="s">
+        <v>336</v>
+      </c>
+      <c r="E109" t="s">
+        <v>337</v>
+      </c>
+      <c r="F109" t="s">
+        <v>165</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H109" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>397</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>189</v>
+      </c>
+      <c r="D110" t="s">
+        <v>336</v>
+      </c>
+      <c r="E110" t="s">
+        <v>337</v>
+      </c>
+      <c r="F110" t="s">
+        <v>165</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H110" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>400</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>193</v>
+      </c>
+      <c r="D111" t="s">
+        <v>336</v>
+      </c>
+      <c r="E111" t="s">
+        <v>337</v>
+      </c>
+      <c r="F111" t="s">
+        <v>165</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H111" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>403</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>404</v>
+      </c>
+      <c r="D112" t="s">
+        <v>336</v>
+      </c>
+      <c r="E112" t="s">
+        <v>337</v>
+      </c>
+      <c r="F112" t="s">
+        <v>165</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H112" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>407</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>10</v>
+      </c>
+      <c r="D113" t="s">
+        <v>408</v>
+      </c>
+      <c r="E113" t="s">
+        <v>409</v>
+      </c>
+      <c r="F113" t="s">
+        <v>165</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H113" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>412</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" t="s">
+        <v>408</v>
+      </c>
+      <c r="E114" t="s">
+        <v>409</v>
+      </c>
+      <c r="F114" t="s">
+        <v>413</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H114" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>416</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>22</v>
+      </c>
+      <c r="D115" t="s">
+        <v>408</v>
+      </c>
+      <c r="E115" t="s">
+        <v>409</v>
+      </c>
+      <c r="F115" t="s">
+        <v>58</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H115" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>419</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>26</v>
+      </c>
+      <c r="D116" t="s">
+        <v>408</v>
+      </c>
+      <c r="E116" t="s">
+        <v>409</v>
+      </c>
+      <c r="F116" t="s">
+        <v>165</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H116" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>422</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>423</v>
+      </c>
+      <c r="E117" t="s">
+        <v>424</v>
+      </c>
+      <c r="F117" t="s">
+        <v>165</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H117" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>427</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>423</v>
+      </c>
+      <c r="E118" t="s">
+        <v>424</v>
+      </c>
+      <c r="F118" t="s">
+        <v>165</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="H118" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>430</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>22</v>
+      </c>
+      <c r="D119" t="s">
+        <v>423</v>
+      </c>
+      <c r="E119" t="s">
+        <v>424</v>
+      </c>
+      <c r="F119" t="s">
+        <v>165</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H119" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>433</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" t="s">
+        <v>423</v>
+      </c>
+      <c r="E120" t="s">
+        <v>424</v>
+      </c>
+      <c r="F120" t="s">
+        <v>165</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H120" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>436</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>30</v>
+      </c>
+      <c r="D121" t="s">
+        <v>423</v>
+      </c>
+      <c r="E121" t="s">
+        <v>424</v>
+      </c>
+      <c r="F121" t="s">
+        <v>366</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H121" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>439</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>34</v>
+      </c>
+      <c r="D122" t="s">
+        <v>423</v>
+      </c>
+      <c r="E122" t="s">
+        <v>424</v>
+      </c>
+      <c r="F122" t="s">
+        <v>165</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H122" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>442</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>39</v>
+      </c>
+      <c r="D123" t="s">
+        <v>423</v>
+      </c>
+      <c r="E123" t="s">
+        <v>424</v>
+      </c>
+      <c r="F123" t="s">
+        <v>165</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H123" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>445</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>44</v>
+      </c>
+      <c r="D124" t="s">
+        <v>423</v>
+      </c>
+      <c r="E124" t="s">
+        <v>424</v>
+      </c>
+      <c r="F124" t="s">
+        <v>165</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H124" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>448</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>48</v>
+      </c>
+      <c r="D125" t="s">
+        <v>423</v>
+      </c>
+      <c r="E125" t="s">
+        <v>424</v>
+      </c>
+      <c r="F125" t="s">
+        <v>165</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H125" t="s">
+        <v>450</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>