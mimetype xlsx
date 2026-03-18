--- v0 (2025-12-16)
+++ v1 (2026-03-18)
@@ -48,276 +48,276 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9539</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9539/lei_5376_2025_003028.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9539/lei_5376_2025_003028.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias  para o exercício de 2026 e dá outras  providências."</t>
   </si>
   <si>
     <t>8929</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/8929/lei_5274_2024_001331.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/8929/lei_5274_2024_001331.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2025 e dá outras providencias".</t>
   </si>
   <si>
     <t>8721</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8721/lei_5209_2023_000349.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8721/lei_5209_2023_000349.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Art. 56 da Lei n° 5.169, de 29 de agosto de 2.023, que Dispõe sobre as Diretrizes Orçamentárias do Exercício de 2.024 e dá outras providências</t>
   </si>
   <si>
     <t>8092</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8092/lei_5.067_000137.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8092/lei_5.067_000137.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2023 e dá outras providencias".</t>
   </si>
   <si>
     <t>7716</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7716/lei_4945_000274.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7716/lei_4945_000274.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>7162</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7162/4.882.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7162/4.882.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias_x000D_
 para o exercício de 2021 e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>7196</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II do Art. 12 da_x000D_
 Lei n° 4.809, de 28 de junho de 2019 que_x000D_
 "Dispõe sobre as diretrizes orçamentárias_x000D_
 para o exercício de 2020", e o Art. 70 da Lei_x000D_
 O 4.859 de 17 de dezembro 2019 que_x000D_
 "Estima a receita e fixa a despesa do_x000D_
 município de Iturama, Estado de Minas_x000D_
 Gerais, para o exercício financeiro de 2020 e_x000D_
 dá outras providências".</t>
   </si>
   <si>
     <t>6803</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6803/lei_4.809_fGo1ANf.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6803/lei_4.809_fGo1ANf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para_x000D_
 o exercício de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 12, da Lei_x000D_
 n° 4.64012017 - "Dispõe sobre as diretrizes_x000D_
 orçamentárias para o exercício de 2018", e o_x000D_
 artigo 7°, da Lei n° 4.694/2017-"Estima a receita_x000D_
 e fixa a despesa do município de Iturama, Estado_x000D_
 de Minas Gerais, para o exercício financeiro de_x000D_
 2018 e dá outras providências".</t>
   </si>
   <si>
     <t>6690</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6690/lei_no_4.751.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6690/lei_no_4.751.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes Orçamentárias para o exercício de 2019, e dá outras providências".</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 12, da Lei_x000D_
 no 4.640/2017 - "Dispõe sobre as diretrizes_x000D_
 orçamentárias para o exercício de 2018", e o artigo_x000D_
 70, da Lei n° 4.694/2017 - "Estima a receita e fixa_x000D_
 a despesa do município de Iturama, Estado de_x000D_
 Minas Gerais, para o exercício financeiro de 2018_x000D_
 e dá outras providências"</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/5111/5111_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/5111/5111_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4621/4621_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4621/4621_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXO DE METAS E RISCOS FISCAIS INTEGRANTES DA LEI MUNICIPAL N° 4.573, DE 20 DE MAIO DE 2016, Q E DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIA PAR O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 1.992 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 1.991 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -624,66 +624,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9539/lei_5376_2025_003028.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/8929/lei_5274_2024_001331.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8721/lei_5209_2023_000349.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8092/lei_5.067_000137.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7716/lei_4945_000274.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7162/4.882.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6803/lei_4.809_fGo1ANf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6690/lei_no_4.751.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4621/4621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1380/1380_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9539/lei_5376_2025_003028.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/8929/lei_5274_2024_001331.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8721/lei_5209_2023_000349.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8092/lei_5.067_000137.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7716/lei_4945_000274.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7162/4.882.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6803/lei_4.809_fGo1ANf.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6690/lei_no_4.751.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4621/4621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1380/1380_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="91.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="90.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="167.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>