--- v0 (2025-12-16)
+++ v1 (2026-01-31)
@@ -10,86 +10,101 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="504" uniqueCount="341">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="511" uniqueCount="346">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>9760</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>5410</t>
+  </si>
+  <si>
+    <t>LEI</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9760/lei_5410_2025_003947.pdf</t>
+  </si>
+  <si>
+    <t>"Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2.026".</t>
+  </si>
+  <si>
     <t>9110</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5303</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei</t>
   </si>
   <si>
     <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2025".</t>
   </si>
   <si>
     <t>8770</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2.024.</t>
   </si>
   <si>
     <t>8331</t>
   </si>
@@ -1408,56 +1423,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8331/lei_5125_28_12_2022_000040.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7869/lei_4991_000892.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7721/lei_4955_000284.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/6959/4.865.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6967/4859-_2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6729/lei_4788.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6783/lei_4.766.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6035/6035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6020/6020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2015/4490/4490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2014/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3105/3105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3051/3051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2012/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2956/2956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2779/2779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2009/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2006/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2004/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2003/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2002/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2001/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2000/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1999/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1998/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1997/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1995/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1994/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1993/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1988/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1987/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1986/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1985/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1984/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1983/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1982/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1981/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1980/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1979/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1976/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1975/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1974/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1973/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1967/406/406_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9760/lei_5410_2025_003947.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8331/lei_5125_28_12_2022_000040.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7869/lei_4991_000892.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7721/lei_4955_000284.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/6959/4.865.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6967/4859-_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6729/lei_4788.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6783/lei_4.766.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6035/6035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6020/6020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2015/4490/4490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2014/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3105/3105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3051/3051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2012/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2956/2956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2779/2779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2009/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2006/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2004/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2003/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2002/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2001/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2000/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1999/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1998/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1997/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1995/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1994/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1993/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1988/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1987/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1986/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1985/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1984/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1983/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1982/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1981/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1980/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1979/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1976/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1975/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1974/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1973/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1967/406/406_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="97.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1547,373 +1562,373 @@
       </c>
       <c r="B5" t="s">
         <v>25</v>
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
         <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
         <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>69</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B17" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>79</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G17" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>82</v>
       </c>
       <c r="B18" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B20" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C20" t="s">
         <v>92</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="s">
@@ -1938,327 +1953,327 @@
       </c>
       <c r="B22" t="s">
         <v>101</v>
       </c>
       <c r="C22" t="s">
         <v>102</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G22" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>105</v>
       </c>
       <c r="B23" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="C23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B24" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G24" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>114</v>
       </c>
       <c r="B25" t="s">
         <v>115</v>
       </c>
       <c r="C25" t="s">
         <v>116</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G25" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>119</v>
       </c>
       <c r="B26" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C26" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="G26" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B27" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C27" t="s">
         <v>125</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G27" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>128</v>
       </c>
       <c r="B28" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C28" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G28" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B29" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C29" t="s">
         <v>134</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>135</v>
       </c>
       <c r="G29" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>137</v>
       </c>
       <c r="B30" t="s">
         <v>138</v>
       </c>
       <c r="C30" t="s">
         <v>139</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>140</v>
       </c>
       <c r="G30" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>142</v>
       </c>
       <c r="B31" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C31" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G31" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B32" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="C32" t="s">
         <v>148</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G32" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>151</v>
       </c>
       <c r="B33" t="s">
         <v>152</v>
       </c>
       <c r="C33" t="s">
         <v>153</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G33" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>156</v>
       </c>
       <c r="B34" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C34" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G34" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B35" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C35" t="s">
         <v>162</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G35" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>165</v>
       </c>
       <c r="B36" t="s">
         <v>166</v>
       </c>
       <c r="C36" t="s">
@@ -2421,120 +2436,120 @@
       </c>
       <c r="B43" t="s">
         <v>201</v>
       </c>
       <c r="C43" t="s">
         <v>202</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G43" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>205</v>
       </c>
       <c r="B44" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C44" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G44" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B45" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C45" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G45" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B46" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C46" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G46" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B47" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="C47" t="s">
         <v>219</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>220</v>
       </c>
       <c r="G47" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>222</v>
       </c>
       <c r="B48" t="s">
         <v>223</v>
       </c>
       <c r="C48" t="s">
@@ -2582,212 +2597,212 @@
       </c>
       <c r="B50" t="s">
         <v>233</v>
       </c>
       <c r="C50" t="s">
         <v>234</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>235</v>
       </c>
       <c r="G50" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>237</v>
       </c>
       <c r="B51" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C51" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G51" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B52" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C52" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="G52" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B53" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="C53" t="s">
         <v>247</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>248</v>
       </c>
       <c r="G53" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>250</v>
       </c>
       <c r="B54" t="s">
         <v>251</v>
       </c>
       <c r="C54" t="s">
         <v>252</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G54" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>255</v>
       </c>
       <c r="B55" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C55" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G55" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B56" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C56" t="s">
         <v>261</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>262</v>
       </c>
       <c r="G56" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>264</v>
       </c>
       <c r="B57" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C57" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G57" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B58" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C58" t="s">
         <v>270</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>271</v>
       </c>
       <c r="G58" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>273</v>
       </c>
       <c r="B59" t="s">
         <v>274</v>
       </c>
       <c r="C59" t="s">
@@ -2838,143 +2853,143 @@
       </c>
       <c r="C61" t="s">
         <v>285</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>286</v>
       </c>
       <c r="G61" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>288</v>
       </c>
       <c r="B62" t="s">
         <v>289</v>
       </c>
       <c r="C62" t="s">
-        <v>160</v>
+        <v>290</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="G62" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B63" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C63" t="s">
-        <v>294</v>
+        <v>165</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G63" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>297</v>
       </c>
       <c r="B64" t="s">
         <v>298</v>
       </c>
       <c r="C64" t="s">
         <v>299</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>300</v>
       </c>
       <c r="G64" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>302</v>
       </c>
       <c r="B65" t="s">
         <v>303</v>
       </c>
       <c r="C65" t="s">
-        <v>170</v>
+        <v>304</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G65" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B66" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C66" t="s">
-        <v>308</v>
+        <v>175</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>309</v>
       </c>
       <c r="G66" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>311</v>
       </c>
       <c r="B67" t="s">
         <v>312</v>
       </c>
       <c r="C67" t="s">
         <v>313</v>
       </c>
       <c r="D67" t="s">
@@ -3081,50 +3096,73 @@
       <c r="G71" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>336</v>
       </c>
       <c r="B72" t="s">
         <v>337</v>
       </c>
       <c r="C72" t="s">
         <v>338</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>339</v>
       </c>
       <c r="G72" t="s">
         <v>340</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" t="s">
+        <v>341</v>
+      </c>
+      <c r="B73" t="s">
+        <v>342</v>
+      </c>
+      <c r="C73" t="s">
+        <v>343</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="G73" t="s">
+        <v>345</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -3156,50 +3194,51 @@
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
     <hyperlink ref="F65" r:id="rId64"/>
     <hyperlink ref="F66" r:id="rId65"/>
     <hyperlink ref="F67" r:id="rId66"/>
     <hyperlink ref="F68" r:id="rId67"/>
     <hyperlink ref="F69" r:id="rId68"/>
     <hyperlink ref="F70" r:id="rId69"/>
     <hyperlink ref="F71" r:id="rId70"/>
     <hyperlink ref="F72" r:id="rId71"/>
+    <hyperlink ref="F73" r:id="rId72"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>