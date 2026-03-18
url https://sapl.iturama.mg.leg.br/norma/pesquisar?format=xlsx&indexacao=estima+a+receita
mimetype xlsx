--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -48,1075 +48,1075 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9760</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9760/lei_5410_2025_003947.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9760/lei_5410_2025_003947.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2.026".</t>
   </si>
   <si>
     <t>9110</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2025".</t>
   </si>
   <si>
     <t>8770</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2.024.</t>
   </si>
   <si>
     <t>8331</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8331/lei_5125_28_12_2022_000040.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8331/lei_5125_28_12_2022_000040.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE ITURAMA MG PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>7869</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7869/lei_4991_000892.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7869/lei_4991_000892.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2022".</t>
   </si>
   <si>
     <t>7721</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7721/lei_4955_000284.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7721/lei_4955_000284.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 4.914/2020 QUE "ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE ITURAMA/MG, PARA 0 EXERCÍCIO FINANCEIRO DE 2021".</t>
   </si>
   <si>
     <t>7196</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II do Art. 12 da_x000D_
 Lei n° 4.809, de 28 de junho de 2019 que_x000D_
 "Dispõe sobre as diretrizes orçamentárias_x000D_
 para o exercício de 2020", e o Art. 70 da Lei_x000D_
 O 4.859 de 17 de dezembro 2019 que_x000D_
 "Estima a receita e fixa a despesa do_x000D_
 município de Iturama, Estado de Minas_x000D_
 Gerais, para o exercício financeiro de 2020 e_x000D_
 dá outras providências".</t>
   </si>
   <si>
     <t>6959</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/6959/4.865.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/6959/4.865.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 4.859/2019 QUE "ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE ITURAMA, PARA O EXERCÍCIO FINANCEIRO DE 2020" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6967</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6967/4859-_2019.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6967/4859-_2019.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa as Despesas do Município de Iturama/MG, para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>6729</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6729/lei_4788.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6729/lei_4788.pdf</t>
   </si>
   <si>
     <t>"Altera a redação, do artigo 70, e inciso V, da Lei_x000D_
 no 4.766, de 19 de dezembro de 2018. que "Estima_x000D_
 a Receita e Fixa as Despesas do Município de_x000D_
 Iturama/MG, para o exercício financeiro de_x000D_
 2019".</t>
   </si>
   <si>
     <t>6786</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 12, da Lei_x000D_
 n° 4.64012017 - "Dispõe sobre as diretrizes_x000D_
 orçamentárias para o exercício de 2018", e o_x000D_
 artigo 7°, da Lei n° 4.694/2017-"Estima a receita_x000D_
 e fixa a despesa do município de Iturama, Estado_x000D_
 de Minas Gerais, para o exercício financeiro de_x000D_
 2018 e dá outras providências".</t>
   </si>
   <si>
     <t>6783</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6783/lei_4.766.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6783/lei_4.766.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e Fixa as Despesas do_x000D_
 Município de Iturama/MG, para o exercício_x000D_
 financeiro de 2019".</t>
   </si>
   <si>
     <t>6768</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso II, do artigo 12, da Lei_x000D_
 no 4.640/2017 - "Dispõe sobre as diretrizes_x000D_
 orçamentárias para o exercício de 2018", e o artigo_x000D_
 70, da Lei n° 4.694/2017 - "Estima a receita e fixa_x000D_
 a despesa do município de Iturama, Estado de_x000D_
 Minas Gerais, para o exercício financeiro de 2018_x000D_
 e dá outras providências"</t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6035/6035_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6035/6035_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA AS DESPESAS DO MUNICÍPIO DE ITURAMA/MG, PARA O EXERCÍCIO FINANCEIRO DE 2018".</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6032/6032_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6032/6032_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO II, DO ARTIGO 4°, DA LEI MUNICIPAL N° 4.591/2016, QUE "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITURAMA, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6020/6020_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6020/6020_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO II, DO ART. 4 0 , DA LEI N.° 4.591/2016, QUE "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITURAMA, ESTADO DE MINAS_x000D_
 GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4623/4623_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4623/4623_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N° 4.506, DE 07 DE NOVEMBRO 2015, QUE ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITURAMA/MG, PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4618/4618_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4618/4618_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO CA LEI N° 4.506, DE 07 DE NOVEMBRO 2015, QUE ESTIMA RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ITURAMA/ MG, PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4616/4616_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4616/4616_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNÍCIPIO DE ITURAMA, ESTADO DE MINAS_x000D_
 GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2015/4490/4490_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2015/4490/4490_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNÍCIPIO DE ITURAMA, ESTADO DE MINAS GERAIS, PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2014/3253/3253_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2014/3253/3253_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA, ESTADO DE MINAS GERAIS, PARA O EXERCICIO FINANCEIRO DE 2015 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3105/3105_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3105/3105_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA, ESTADO DE MINAS GERAIS, PARA O EXERCICIO FINANCEIRO DE 2014 E DA OUTRAS PROVIDENCIAS"</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3051/3051_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3051/3051_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDACAO DO ART. 9O, DA LEI NO  4.179, DE 20 DE JUNHO DE 2012, QUE DISPOE SOBRE A LDO 2013 E ALTERA A REDACAO DO INCISO II, DO ART. 4O, DA LEI NO 4.200, DE 19 DE DEZEMBRO DE 2012, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 2013. </t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2012/3005/3005_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2012/3005/3005_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA, ESTADO DE MINAS GERAIS, PARA O EXERCICIO FINANCEIRO DE 2013 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2956/2956_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2956/2956_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDACAO DO ART.11, DA LEI NO 3.973, DE 14 DE JULHO DE 2010, QUE PREVE AS DIRETRIZES ORCAMENTARIAS PARA O EXERCICIO DE 2011 E DO INCISO II, DO ART. 4O, DA LEI NO 4.011, DE 22 DE DEZEMBRO DE 2010, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO RETROCITADO".</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2927/2927_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2927/2927_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA, ESTADO DE MINAS GERAIS, PARA O EXERCICIO DE 2012 E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2816/2816_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2816/2816_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA - MG, PARA O EXERCICIO DE 2011 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2779/2779_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2779/2779_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDACAO DO INC. III DO ART. 4O DA LEI NO 3.924, DE 22 DE DEZEMBRO DE 2009, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 2.010.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2009/2729/2729_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2009/2729/2729_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA - MG., PARA O EXERCICIO DE 2010. </t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2592/2592_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2592/2592_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA-MG., PARA O EXERCICIO DE 2009.</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2499/2499_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2499/2499_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FXA A DESPESA DO MUNICIPIO DE ITURAMA- MG, PARA O EXERCICIO DE 2008.</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2006/2386/2386_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2006/2386/2386_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE LTURAMA-MG., PARA O EXERCICIO DE 2007.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2299/2299_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2299/2299_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA-MG., PARA O EXERCICIO DE 2006.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2285/2285_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2285/2285_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO III, DO ARTIGO 4O, DA LEI NO 3.415, DE 13 DE DEZEMBRO DE 2004, QUE ESTIMOU A RECEITA E FIXOU A DESPESA DO MUNICIPIO DE ITURAMA-MG PARA O EXERCICIO DE 2005.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2004/2220/2220_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2004/2220/2220_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA-MG. PARA O EXERCICIO DE 2005.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2003/2168/2168_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2003/2168/2168_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE ITURAMA-MG. PARA O EXERCICIO DE 2004.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2002/2090/2090_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2002/2090/2090_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPO DE ITURAMA-MG, PARA O EXERCICIO DE 2003.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2001/2037/2037_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2001/2037/2037_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPO DE ITURAMA-MG, PARA O EXERCICIO DE 2002.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2000/1969/1969_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2000/1969/1969_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 2001.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1999/1927/1927_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1999/1927/1927_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 2000.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1998/1894/1894_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1998/1894/1894_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 1999.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1997/1851/1851_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1997/1851/1851_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 1.998.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO FUNDO MUNICIPAL DE ASSISTENCIA SOCIAL DE ITURAMA, PARA O EXERCICIO DE 1.997.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANCA E DO ADOLESCENTE DE ITURAMA, PARA O EXERCICIO DE 1.997.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 1997.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1782/1782_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1782/1782_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANCA E DO ADOLESCENTE DE ITURAMA, PARA O EXERCICIO DE 1.996.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1995/1728/1728_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1995/1728/1728_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 1996.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1994/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1994/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE 1995.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1993/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1993/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO DE1994.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1517/1517_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1517/1517_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA PARA O EXERCICIO DE 1993.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1508/1508_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1508/1508_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ALTERACAO DO ART. 4O DA  LEI NO.2.653 DE 03/12/91 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1503/1503_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1503/1503_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE ALTERACAO DO ART. 4O DA LEI NO 2653 DE 03/12/1991 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1992.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1411/1411_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1411/1411_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA  A DESPESA PARA O EXERCÍCIO DE 1991.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1399/1399_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1399/1399_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LETRA "B" DO ARTIGO 3O DA LEI 2536 DE 29 DE NOVEMBRO DE 1989, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1990.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1.990.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LETRA "B" DO ARTIGO 3O DA LEI NO 2.464 DE 01 DE DEZEMBRO DE 1.988, QUE ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1. 989.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1988/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1988/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 1.989.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1987/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1987/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 1988 </t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1986/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1986/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 1987.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1985/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1985/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA PARA O EXERCÍCIO FINANCEIRO DE 1986.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1984/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1984/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA PARA EXERCÍCIO FINANCEIRA DE 1985.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1983/980/980_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1983/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 1984 </t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1982/945/945_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1982/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE  1983.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1981/895/895_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1981/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 1982.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1980/863/863_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1980/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1981.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1979/840/840_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1979/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1980.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1976/762/762_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1976/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1977.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1975/720/720_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1975/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA PARA O EXERCÍCIO DE 1976.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1974/689/689_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1974/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA PARA O EXERCÍCIO DE 1975.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1973/648/648_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1973/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1974.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1967/406/406_texto_integral.pdf</t>
+    <t>http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1967/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>ORCA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 1968.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1423,66 +1423,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9760/lei_5410_2025_003947.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8331/lei_5125_28_12_2022_000040.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7869/lei_4991_000892.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7721/lei_4955_000284.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/6959/4.865.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6967/4859-_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6729/lei_4788.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6783/lei_4.766.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6035/6035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6020/6020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2015/4490/4490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2014/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3105/3105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3051/3051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2012/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2956/2956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2779/2779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2009/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2006/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2004/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2003/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2002/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2001/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2000/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1999/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1998/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1997/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1995/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1994/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1993/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1988/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1987/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1986/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1985/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1984/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1983/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1982/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1981/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1980/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1979/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1976/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1975/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1974/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1973/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1967/406/406_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2025/9760/lei_5410_2025_003947.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2024/9110/lei_5303_2024_001768.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2023/8770/lei_5215_2023_000598.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2022/8331/lei_5125_28_12_2022_000040.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7869/lei_4991_000892.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2021/7721/lei_4955_000284.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/7196/4.873.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2020/6959/4.865.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6967/4859-_2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2019/6729/lei_4788.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6786/lei_4.769.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6783/lei_4.766.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/sapl/public/normajuridica/2018/6768/lei_4.741.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6035/6035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2017/6020/6020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2016/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2015/4490/4490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2014/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3105/3105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2013/3051/3051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2012/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2956/2956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2011/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2010/2779/2779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2009/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2008/2499/2499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2006/2386/2386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2005/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2004/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2003/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2002/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2001/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/2000/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1999/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1998/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1997/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1996/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1995/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1994/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1993/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1992/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1991/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1990/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1989/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1988/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1987/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1986/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1985/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1984/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1983/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1982/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1981/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1980/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1979/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1976/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1975/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1974/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1973/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.iturama.mg.leg.br/media/./sapl/public/normajuridica/1967/406/406_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="97.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="96.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>